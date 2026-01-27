--- v0 (2025-12-06)
+++ v1 (2026-01-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1650" uniqueCount="707">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1908" uniqueCount="812">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias/Autor/Nome do Autor</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -389,50 +389,56 @@
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, a limpeza geral da sede da Agrovila Bom Tempo, a correção das lâmpadas e trocas das queimadas e o patrolamento das estradas principais e vicinais da região da Agrovila.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1385/req._na_013-2025_solicita_a_construcao_de_uma_praca_publica_com_academia_ao_ar_livre_agrovila_.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, por meio da Secretaria competente, a construção de uma praça pública com academia ao ar livre e playground no Distrito da Agrovila Bom Tempo.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1397/req._na_014-2025_requer_a_implantacao_de_pontos_de_onibus_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, a implantação de pontos de ônibus em nossa cidade, com a finalidade de oferecer maior comodidade, segurança e organização no transporte público.</t>
   </si>
   <si>
     <t>Requerimentos - Ver. Antonio Neto</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1434/req._na_01-2025_requer_a_criacao_da_casa_mun._de_acolhimento_institucional_para_criancas_e_adolecentes.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, a criação da Casa Municipal de Acolhimento Institucional para crianças e adolescentes em situação de risco e a implantação da sede própria do Conselho Tutelar.</t>
   </si>
   <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1470/req._no02-2025_requer_que_viabilize_a_construcao_de_um_portal_na_entrada_do_distrito_de_porto_real.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, por meio do órgão competente, que viabilize a construção de um portal na entrada do Distrito de Porto Real, no Município de Pedro Afonso, Estado do Tocantins.</t>
+  </si>
+  <si>
     <t>Requerimentos - Ver. José de Ribamar</t>
   </si>
   <si>
     <t>JOSE DE RIBAMAR COELHO</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/768/requerimento_no_002-2025_-_ver._coelho_-_construcao_de_ponte_corrego_lajeadinho.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a construção de uma ponte sobre o Córrego Lajeadinho, na via de acesso ao Assentamento Lajeado.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/769/requerimento_no_003-2025_-_ver._coelho_-_construcao_de_ponte_corrego_grota_da_onca.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a construção de uma ponte sobre o Córrego Grota da Onça localizado na região do Rio Negro, próximo a Fazenda do Senhor Manoel Oliveira.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/781/requer._no004-2025_-_realizacao_serv_recuperacao_estrada_vicinais.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, a realização de serviços de recuperação das estradas vicinais que se estendem da ponte do Córrego Boa Esperança, passando pela região do Baixão até a região do Curi.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/782/requer._no005-2025_-_disponib_de_uma_pa_carregadeira_e_uma_cacamba.pdf</t>
@@ -563,50 +569,56 @@
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1394/req._na029-2025_requer_a_instalacao_de_placas_de_indentificacao_de_logradouros_publicos.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, a instalação de placas de identificação de logradouros públicos no Setor Canavieiras, neste Município de Pedro Afonso - TO, contendo o nome das vias e demais informações pertinentes, com o objetivo de facilitar a localização das ruas e contribuir para a organização urbana.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1409/req._na_030-2025_requer_a_disponib._de_um_onibus_para_transporte_de_35_alunos.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, a disponibilização de um ônibus para o transporte de 35 alunos da 3° série do Ensino Médio do Colégio Estadual Cristo Rei, acompanhados de professores, com destino à Capital do Estado, no dia 13 de novembro de 2025.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1440/req._na_031-2025_requer_a_construcao_de_redutores_de_velocidade_quebra_molas_na_rua_9.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por intermédio da Secretaria competente, a construção de redutores de velocidade (quebra-molas) na Rua 9, localizada no Setor Bela Vista II, em frente à residência do senhor Afonso.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1441/req._na_032-2025_requer_a_construcao_de_dois_mata_burros_na_estrada_vicinal_entre_fazenda_parada_e_a_fazenda_netario.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por intermédio da Secretaria competente, a construção de dois mata-burros na estrada vicinal entre a Fazenda Parada e a Fazenda Netário, de propriedade da ex-dona Neci Tavares.</t>
   </si>
   <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1465/req.no033-2025_requer_a_realizacao_de_estudos_tecnicos_acerca_de_implantar_mao_unica_avenida_mestre_bento.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, por intermédio da Secretaria competente, a realização de estudos técnicos acerca da viabilidade de implantar mão única de tráfego na Avenida Mestre Bento, exclusivamente no trecho que se inicia na Avenida Ribeirão, nas proximidades da saída da COAPA, segue em frente ao Banco Sicredi e se encerra no pátio do Posto Meneguetti, permitindo apenas o tráfego no sentido descendente da via.</t>
+  </si>
+  <si>
     <t>Requerimentos - Ver. Lili Benício</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1399/req._na_002-2025_requer_que_promova_uma_mobilizacao_educativa_por_meio_das_secretarias_mun._saude_ambiente_e_educacao.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal que promova uma mobilização educativa, por meio das Secretarias Municipais de Saúde, Meio Ambiente e Educação, com o apoio dos Agentes Comunitários de Saúde e de Endemias, nas escolas e na comunidade, visando conscientizar sobre o descarte inadequado de dejetos e águas residuais nas vias públicas.</t>
   </si>
   <si>
     <t>Requerimentos - Ver. Mirneuton Soares</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/778/requer._no001-2025_-_execucao_servicos_terraplanagem_na_estrada.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a disponibilização de máquinas para a execução de serviços de terraplanagem na estrada de acesso à Fazenda Cocal, de propriedade do Senhor Leonir.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/779/requer._no002-2025_-_disponib_de_trator_com_grade_para_gradeamento.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a disponibilidade de um trator com grade para execução do gradeamento de área destinada ao plantio de feijão na região da Vila Mata Verde.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/807/requerimento_n__003-2025_-_ver._mirneuton.pdf</t>
@@ -651,50 +663,62 @@
     <t>Requer ao Poder Executivo Municipal, que seja realizada a construção de uma quadra de esportes na Escola Municipal Boa Esperança, localizada na região da Vila Mata Verde, proporcionando aos alunos melhores condições para a prática de atividades físicas e esportivas, contribuindo para o desenvolvimento educacional e social da comunidade escolar.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1354/req._na_011-2025_requer_o_envio_maquinario_para_realizacao_de_servicos_de_terraplanagem.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, o envio de maquinário para a realização de serviços de terraplanagem na estrada que dá acesso à Fazenda São Bento, próxima à Chácara do Sebastião Quileto, de propriedade da Senhora Maria de Jesus Lira Rocha, localizada na região do município de Bom Jesus do Tocantins.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1365/req._na_012-2025_requer_a_abertura_no_canteiro_central_da_avenida_no02_setor_canavieiras.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, abertura no canteiro central da Avenida n° 02, no Setor Canavieiras, visando criar acesso à Rua n° 66.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1395/req._na013-2025_requer_a_disponib_de_um_trator_com_grade_para_gradeamento_de_2_alqueres.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, a disponibilização de um trator com grade para o gradeamento de 02 (dois) alqueires na Chácara Rancho KS, de propriedade dos senhores Silvio Eduardo da Silva e Kelmaria, localizada na região da Gurgulho, neste município.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1398/req._na_014-2025_requer_a_criacao_de_um_centro_de_atividades_complementares.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, a criação de um Centro de Atividades Complementares, que funcione como uma Rede Municipal de Cursinhos Populares, com o objetivo de auxiliar e preparar estudantes para vestibulares e concursos públicos.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1468/req._na015-2025_requer_o_asfaltamento_em_torno_em_torno_da_praca_central_local._regiao_vila_mata_verde.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, o asfaltamento em torno da praça central localizada na região da Vila Mata Verde.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1469/req._no016-2025_requer_a_construcao_de_quebra_molas_em_frente_a_casa_da_senhora_albina.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, por meio da Secretaria competente, a construção de quebra-molas em frente à casa da Senhora Albina Rodrigues dos Prazeres, localizadas na Rua Um, que dá acesso à Rua Numeriano Bezerra de Castro, ao lado da praça Lagoa da Cruz.</t>
   </si>
   <si>
     <t>Requerimentos - Ver. Marquim Catabriga</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/853/req._no002-2025__requer_a_disponibilizacao_de_caminha_o_pertecente_a_frota_mun..pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a disponibilização de um caminhão pertencente à frota municipal para realizar o transporte da mudança da_x000D_
 senhora Francineia da Silva Ferreira, residente atualmente na cidade de Palmas, no endereço 305 Norte, Alameda 30, Quadra 30, Lote 05, para o_x000D_
 município de Pedro Afonso - TO .</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/862/req._no003-2025_requer_que_faca_gestoes_junto_a_agencia_do_banco_bradesco.pdf</t>
   </si>
   <si>
     <t>"Requer que o Poder Executivo Municipal faça gestões junto à Agência do Banco Bradesco, a fim de garantir a permanência da estrutura dos caixas_x000D_
 eletrônicos desta agência no município."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1040/req._n004-2025__requer_a_disponib._de__maquinarios.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal a disponibilização de maquinários, tais como: uma patrol, uma caçamba e uma retroescavadeira, para realização de serviços na Fazenda Boa Esperança.</t>
   </si>
@@ -1017,50 +1041,62 @@
     <t>Requer ao Poder Executivo Municipal, a realização de estudo de viabilidade para avaliar a possibilidade de criação de um vale-alimentação ou de implantação do pagamento de produtividade aos servidores que atuam no Sistema de Saneamento de Pedro Afonso - SISAPA.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1381/req._na_020-2025_requer_a_realizacao_de_um_multirao_de_limpeza_so_setor_aeroporto_2.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio da secretaria competente, a realização de um mutirão de limpeza no Setor Aeroporto 2, considerando a grande necessidade de manutenção e higienização do local, antes do início do período de inverno de modo a garantir melhores condições de segurança, saúde e bem-estar à população.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1436/req_na021-2025_requer_que_verifique_a_viab_de_constr._de_um_estacionamentona_praca_antonio_de_sousa_aguiar.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por intermédio da Secretaria competente, que verifique a viabilidade de construção de um estacionamento na Praça Antônio de Souza Aguiar, especificamente na parte que fica em frente ao bar e restaurante Cantinho do Sabor e à Clínica Meu Doutor Clínica Integrada.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1437/req_na022-2025_requer_que_seja_incluida__no_projeto_da_orla_construida_na_praia_dunga_uma_sede_destinada_a_forcas_de_seguranca.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, que seja incluída no Projeto da Orla que está sendo construída na Praia do Dunga, às margens do Rio Tocantins, a construção de uma sede destinada às forças de segurança.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1439/req._na_023-2025_requer_que_seja_realizado_um_estudo_de_estudo_de_viabilidade_tecnica_visando_a_construcao_de_um_estacionamento.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por meio do setor competente, que seja realizado um estudo de viabilidade técnica visando à construção de um estacionamento em frente à 49° Delegacia Regional de Polícia de Pedro Afonso, situada na Avenida Mestre Bento.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1466/req._no024-2025_requer_a_instalacao_de_dois_reservatorios_de_agua_no_setor_aeroporto_02.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, por meio do setor competente, à instalação de dois reservatórios de água no Setor Aeroporto II.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1467/req._no025-2025_requer_que_viabilize_a_abertura_de_um_campo_de_na_regiao_do_rio_negro.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Poder Executivo Municipal, por meio do órgão competente, que viabilize a abertura de um campo na região do Rio Negro, na localidade Capão do Angico de propriedade do Senhor Riba do Zé Vaqueiro, destinado à realização de um jogo esportivo no dia 27 de dezembro de 2025.</t>
   </si>
   <si>
     <t>Requerimentos - Ver. Sebastião Fabrício</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/755/requerimento_no_001-2025_-_ver._fabricio_-_reforma_das_caixas_dagua_fixas..pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal, estudo técnico estrutural e reforma das caixas d'água fixas que promovem o abastecimento da cidade.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/756/requerimento_no_002-2025_-_ver._fabricio_-_recuperacao_das_ruas_setor_canavieiras.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal, estudo de viabilidade e recuperação das ruas do Setor Canavieiras.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/757/requerimento_no_003-2025_-_ver._fabricio_-_revitalizacao_do_cemiterio_anajanopolis.pdf</t>
   </si>
   <si>
     <t>Requer do Poder Executivo Municipal, revitalização do cemitério municipal do Distrito de Anajanópolis (Porto Real) e a inclusão da limpeza periódica no cronograma de ações da pasta competente.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/758/requerimento._no_05-2025_-_ver._fabricio-_realizacao_de_canalizacao_das_aguas_pluviais..pdf</t>
   </si>
@@ -1215,51 +1251,51 @@
     <t>Projeto de Resolução n° 001/2025, Ver. Pedro Belarmino: Autoriza a Mesa Diretora da Câmara Municipal de Pedro Afonso - TO, a conceder o Título de Cidadão Pedroafonsino ao senhor Olyntho Garcia de Oliveira Neto.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/821/projeto_de_resolucao_no_004_de_17_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 004/2025, Ver. Marquim Catabriga: DISPÕE SOBRE A INSTITUIÇÃO DAS SESSÕES ITINERANTES DA CÂMARA_x000D_
 MUNICIPAL DE PEDRO AFONSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1031/projeto_de_resolucoaao_n01-2025_autoriza_a_mesa_diretora_da_camara_mun._de_pedro_afonso_-to_conceder_o_titulo_cidadaa_pedroafosina.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 001/2025, Ver. Sebastião Fabrício: Autoriza a Mesa Diretora da Câmara Municipal de Pedro Afonso - TO, a conceder o Título de Cidadã Pedroafonsino a senhora Renata Maynne Neres Lompa.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1037/projeto_de_resolucoaao_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 001/2025, Ver. Aguinaldo Lima: Autoriza a Mesa Diretora da Câmara Municipal de Pedro Afonso, a conceder título de cidadã Pedroafonsina à senhora Maria Auxiliadora Seabra Rezende - Professora Dorinha - pelos relevantes serviços prestados ao município de Pedro Afonso - TO, nas áreas da educação, infraestrutura, agricultura, saúde, assistência social e desenvolvimento regional.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1075/projeto_de_resolucao_no_005-2025_-_regimento_interno_pedro_afonso_-_final.pdf</t>
   </si>
   <si>
-    <t>DISPÕE SOBRE A REFORMA DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PEDRO AFONSO/TO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>PROJETO DE RESOLUÇÃO Nº 5: DISPÕE SOBRE A REFORMA DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE PEDRO AFONSO/TO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1326/projeto_de_resolucao_no_003-2025_-_concede_titulo_de_cidadao_ao_depu._alexandre_guimaraes.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 003/2025, Ver. Pedro Belarmino: "Concede Titulo de Cidadão Pedroafonsino ao Deputado Federal Alexandre Guimarães, em reconhecimento aos relevantes serviços prestados ao Estado do Tocantins e, em especial, ao Município de Pedro Afonso."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1334/projeto_de_resolucao_no003-2025_titulo_cidadao_maria_benedita_moraes.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 003/2025, Ver. Agnaldo Lima: "Concede Titulo de Cidadã Pedroafonsina a senhora Maria Benedita Moares".</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1345/projeto_de_resolucao_no002-2025__tiulo_cidadao_jorge_pires.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 002/2025, Ver. Agnaldo Lima: "Concede Titulo de Cidadão Pedroafonsino ao senhor Jorge Pires de Moraes".</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1376/projeto_de_resolucao_na001-2025_concede_o_titulo_de_cidada_pedroafonsino_ao_senhor_edson_shultz_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 001/2025, Ver. Rômulo Soares: "Concede Titulo de Cidadão Pedroafonsino ao senhor Edson Shultz e dá outras providências".</t>
   </si>
@@ -1294,50 +1330,80 @@
     <t>Projeto de Resolução n° 004/2025, Ver. Agnaldo Lima: "Dispõe sobre a concessão do Título de Cidadão Pedro-afonsino ao Senhor Antonio Ferreira de Almeida Neto, Vereador deste Município, e dá outras providências".</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1411/projeto_de_resolucao_na004-2025__concede_o_titulo_de_cidada_pedro_afonsina_a_senhora_juma_marques_cardoso.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 004/2025, Ver. Lili Benício: "Concede título de Cidadão Pedro-Afonsino a Senhora Juma Marques Cardoso, em reconhecimento aos relevantes serviços prestados à comunidade e pelo compromisso com o desenvolvimento social, cultural e jurídico do Município de Pedro Afonso".</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1430/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 005/2025, Ver. Lili Benício: "Concede título de cidadã pedro-afonsina à senhora Kelma de Souza França, em reconhecimento aos relevantes serviços prestados ao Município de Pedro Afonso, especialmente na área da saúde pública, onde vem atuando com dedicação, competência e compromisso social".</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1431/projeto_de_resolucao_na006-2025_concede_o_titulo_de_cidadao_pedroafonsino_ao_sr._luan_natanael_nunes_silva.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 006/2025, Ver. Lili Benício: "Concede título de cidadão pedro-afonsino ao senhor Luan Natanael Nunes Silva, em reconhecimento aos relevantes serviços prestados ao Município de Pedro Afonso, especialmente na área da saúde pública, onde vem atuando com dedicação, competência e compromisso social".</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1432/projeto_de_resolucao_na007-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_josirene_maria_a._de_araujo.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n° 007/2025, Ver. Lili Benício: "Concede título de cidadã pedro-afonsina à senhora Josirene Maria Alves de Araújo, em reconhecimento aos relevantes serviços prestados ao Município de Pedro Afonso, especialmente na área da saúde, por meio de seu trabalho dedicado, ético e humanizado como fisioterapeuta".</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1463/projeto_de_resolucao_no_006-2025_-_atualizacao_auxilio_alimentacao_camara_municipal.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n° 006/2025, Ver. Marquim Catabriga: Dispõe sobre a atualização dos valores do auxílio - alimentação concedido no âmbito da Câmara Municipal de Pedro Afonso, revoga a Resolução n° 014/2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1472/projeto_de_resolucao_no_004-2025_titulo_de_cidadao_hiromi.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n° 004/2025, Ver. Pedro Belarmino: "Concede Titulo de Cidadão Pedroafonsino ao Mário Hiromi Okuyama e dá outras providências."</t>
+  </si>
+  <si>
+    <t>ANTONIO NETO_x000D_
+LILI BENÍCIO_x000D_
+MARQUIM CATABRIGA_x000D_
+SEBASTIÃO FABRICIO</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1473/projeto_de_resolucao_no_002-2025_titulo_de_cidadao_vilmar_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n° 002/2025, Ver. Marquim Catabriga, Lili Benício, Antônio Neto e Sebastião Fabrício: "Concede Titulo de Cidadão Pedroafonsino ao Deputado Estadual Vilmar do Detran, em reconhecimento aos relevantes serviços prestados e à contribuição significativa ao desenvolvimento do município de Pedro Afonso - TO."</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1489/projeto_de_resolucao_na06_de_12_de_dezembro_de_2025_dispoe_sobre_a_atualizacao_dos_valores_do_auxilio_alimentacao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a atualização dos valores do auxílio-alimentação concedido no âmbito da Câmara Municipal de Pedro Afonso, revoga a Resolução n° 014/2022 e dá outras providências.</t>
   </si>
   <si>
     <t>AUTL</t>
   </si>
   <si>
     <t>Autógrafo de Lei</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/732/autografo_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025._2.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE VALOR DE SALÁRIO MÍNIMO A VIGORAR A PARTIR DE 1º DE JANEIRO DE 2025."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/733/autografo_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PAGAMENTO POR DESEMPENHO DAS EQUIPES DE SAÚDE BUCAL NA ATENÇÃO PRIMÁRIA À SAÚDE - APS, PREVISTO NA PORTARIA N º 960, DE 17 DE JULHO DE 2023 DO MINISTÉRIO DA SAÚDE E, DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/734/autografo_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso._2.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A MODIFICAÇÃO DA ESTRUTURA ORGANIZACIONAL DO MUNICÍPIO DE PEDRO DE PEDRO AFONSO- TO, COM O DESMEMBRAMENTO DE PASTAS E CRIAÇÃO DE NOVAS SECRETARIAS, ALÉM DA MODIFICAÇÃO E CRIAÇÃO DE NOVOS CARGOS, EM_x000D_
 ATENDIMENTO AO QUE DISCIPLINA A LEGISLAÇÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
@@ -1559,90 +1625,120 @@
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1388/autografo_de_lei_na_039-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para doação de área pública ao SENAI Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1389/autografo_de_lei_na_040-2025_autoriza_o_mun._de_pedro_afonso_estado_toc._a_permitir_a_servidao.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Pedro Afonso - Estado do Tocantins a permitir a servidão administrativa para fins de passagem e instalação de infraestrutura de rede elétrica no povoado mata verde, em favor da BP Bioenergy, e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1414/autografo_de_lei_no041-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_de_saude__no_distrito_de_agrovila_bom_tempo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da praça a ser construída em torno do posto de saúde no Distrito de Agrovila Bom Tempo, neste Município de Pedro Afonso - TO, e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1415/autografo_de_lei_na042-2025_dispoe_a_denominacao_de_via_publica_localizada_no_distrito_de_agrovila_bom_tempo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública localizada no Distrito de Agrovila Bom Tempo, neste Município de Pedro Afonso - TO, e dá outras providências.</t>
   </si>
   <si>
-    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1416/autografo_de_lei_na043-2025_altera_a_denominacao_da_rua_2_localizada_no_distrito_de_anajanopolis_-__porto_real.pdf</t>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1416/autografo_de_lei_na043-2025_altera_a_denominacao_da_rua_2_localizada_no_distrito_de_anajanopolis-porto_real.pdf</t>
   </si>
   <si>
     <t>Altera a denominação da Rua 2, localizada no Distrito de Anajanópolis - Porto Real, neste Município de Pedro Afonso - TO, que passa a denominar-se Rua Erval Barreira de Abreu, e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1417/autografo_de_lei_na044-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de via pública localizada no Distrito de Anajanópolis - Porto Real, neste Município de Pedro Afonso - TO, e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1418/autografo_de_lei_na045-2025_dispoe_sobre_as_diretrizes_gerais_para_a_elaboracao_da_lei_orcamentaria_de_2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes gerais para a elaboração da Lei Orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1419/autografo_de_lei_na046-2025_ementa__dispoe_sobre_estimativa_do_plano_plurianual_do_mun._de_pedro_afonso.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Estimativa do Plano Plurianual do Município de Pedro Afonso - TO para o período de 2026 a 2029 e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1420/autografo_de_lei_na047-2025_estima_a_receita_e_fixa_a_despesa_da_loa__-_lei_do_orcamento_anual_do_mun._de_pedro_afonso..pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa da LOA - Lei do Orçamento Anual do Município de Pedro Afonso - TO, para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1421/autografo_de_lei_na048-2025_dispoe_sobre_a_regularizacao_dominial_de_imoveis_ocupados_por_municipes.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regularização dominial de imóveis ocupados por munícipes localizados em áreas devidamente matriculadas, e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1422/autografo_de_lei_na049-2025_institui_o_programa_municipal_cidade_verde.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal "Cidade Verde", destinado ao incentivo do plantio de árvores nativas no Município de Pedro Afonso - TO, com participação das escolas e da comunidade.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1458/autografo_de_lei_na050-2025_altera_a_lei_mun._na026-2019_pro_que_tange_a_inclusao_e_reajuste_salarial_da_classe_profissional..pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal n° 026/2019, pro que tange a inclusão e reajuste salarial da classe profissional e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1459/autografo_de_lei_na051-2025_dispoe_sobre_autorizacao_legisl_da_continuidade_da_denominada_secret_extraord_para_resolucoes_de_probl_pluviais.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização legislativa a continuidade da denominada "Secretaria Extraordinária para Resoluções de Problemáticas Fluviais"  sob período rígido e determinado, consoante à Lei n° 074/2022 (Lei que dispõe sobre diretrizes orçamentárias 2023), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1460/autografo_de_lei_na052-2025_ementa_altera_a_lei_na36-2025_para_inclui_os_arts._5a_-_a_5a_-_b_5a_-_c_e_5a_-_d.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei n° 36/2025 para incluir os arts. 5°-A, 5°-B, 5°-C e 5°-D, que trata sobre a exceção de Políticas Públicas voltadas para crianças por meio de Agenda Transversal.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1461/autografo_de_lei_na053-2025_inclui_dispositivo_no_codigo_tributario_mun.para_prever__o_imposto_sobre_bens_e_servicos__-_ibs.pdf</t>
+  </si>
+  <si>
+    <t>Inclui dispositivo no Código Tributário Municipal para prever o Imposto sobre Bnes e Serviços - IBS.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1462/autografo_de_lei_na054-2025_dispoe_sobre_reajuste_na_estrutura_tarifaria_do_sistema_de_saneamento_e_aguas_pedro_afonso.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre reajuste na estrutura tarifária do Sistema de Saneamento e Águas de Pedro Afonso / SISAPA, e dá outras providências.</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei do Executivo</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025..pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE VALOR DE SALÁRIO MÍNIMO A VIGORAR A PARTIR DE 1 º DE JANEIRO DE 2025."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023..pdf</t>
   </si>
   <si>
     <t>"AUTORIZA o PAGAMENTO POR DESEMPENHO DAS EQUIPES DE SAÚDE BUCAL NA ATENÇÃO PRIMÁRIA À SAÚDE-APS, PREVISTO NA PORTARIA Nº 960, DE 17 DE JULHO DE 2023 DO MINISTÉRIO DA SAÚDE E, DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/727/projeto_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso..pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A MODIFICAÇÃO DA ESTRUTURA ORGANIZACIONAL DO MUNICÍPIO DE PEDRO DE PEDRO AFONSO - TO, COM O DESMEMBRAMENTO DE PASTAS E CRIAÇÃO DE NOVAS SECRETARIAS, ALÉM DA MODIFICAÇÃO E CRIAÇÃO DE NOVOS CARGOS, EM_x000D_
 ATENDIMENTO AO QUE DISCIPLINA A LEGISLAÇÃO E DÁ OUTRAS PROVIDÊNCIAS".</t>
@@ -1734,50 +1830,77 @@
   <si>
     <t>Prorroga, até 31 de dezembro de 2026, a vigência do Plano Nacional de Educação aprovado por meio da Lei n° 001, de 27 de maio de 2015.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_024-2025_-_lei_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1428/projeto_de_lei_no_25-2025_-_ementa._dispoe_sobre_estimativa_do_plano_plurianal_do_municipio_de_pedro_afonso-to..pdf</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1429/projeto_de_lei_no_026-2025_-_estima_a_receita_e_fixa_a_despesa_da_loa_-_lei_do_orcamento_anual_do_municipio.pdf</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1401/projeto_de_lei_na027-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai.pdf</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1408/projeto_de_lei_na028-2025_autoriza_o_municipio_de_pedro_afonso_-_estado_tocantins_a_permitir_a_servidao.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Pedro Afonso - Estado do Tocantins a permitir a servidão administrativa para fins de passagem e instalação de infraestrutura de rede elétrica no povoado Mata Verde, em favor da BP Bioenergy, e dá outras providências.</t>
   </si>
   <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1474/projeto_de_lei_no_029-2025_regularizacao_dominal_de_imoveis.pdf</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1484/projeto_de_lei_na030-2025_altera_a_lei_mun._na026-2019pro_que_tange_a_inclusao_e_reajuste_salarial_da_classe_profissional..pdf</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1485/projeto_de_lei_na031-2025_dispoe_sobre_autorizacao_legisl_da_continuidade_da_denominada_secret_extraord_para_resolucoes_de_probl_pluviais.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização legislativa à continuidade da denominada "Secretaria Extraordinária para Resoluções de Problemáticas Pluviais" - sob período rígido e determinado -, consoante à Lei n° 074/2022 (Lei que dispõe sobre diretrizes orçamentárias 2023), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1486/projeto_de_lei_na032-2025_ementa_altera_a_lei_na36-2025_para_inclui_os_arts._5a_-_a_5a_-_b_5a_-_c_e_5a_-_d.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei n° 36/2025 para incluir os arts. 5°-A, 5°-B, 5°-C e 5°-D, que trata sobre a execução de Políticas Públicas voltadas para crianças e adolescentes por meio de Agenda Transversal.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1487/projeto_de_lei_na33-2025_inclui_dispositivo_no_codigo_tributario_mun.para_prever__o_imposto_sobre_bens_e_servicos__-_ibs.pdf</t>
+  </si>
+  <si>
+    <t>Inclui dispositivo no Código Tributário Municipal para prever o Imposto sobre Bens e Serviços - IBS.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1488/projeto_de_lei_no_34-2025_-_dispoe_sobre_reajuste_na_estrutura_tarifaria_do_sistema_de_sanemento_e_aguas_de_pedro_afonso-to..pdf</t>
+  </si>
+  <si>
     <t>ECONV</t>
   </si>
   <si>
     <t>Edital de Convocação</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/772/edital_de_convocacao_no_001-2025_-_21-01-2025.pdf</t>
   </si>
   <si>
     <t>CONVOCA Sessão Extraordinária, para o dia 22/01/2025, às 09h:00min, a realizar-se no Edifício Sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/775/errata_-_edital_de_convocacao_-_extraordinaria1_-_21-01-2025.pdf</t>
   </si>
   <si>
     <t>ERRATA no Edital de Convocação – Sessão Extraordinária n.º 1/2025.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/773/edital_de_convocacao_no_002-2025_-_22-01-2025.pdf</t>
   </si>
   <si>
     <t>CONVOCA Sessão Extraordinária, para o dia 27/01/2025, às 09h:30min, a realizar-se no Edifício Sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/774/edita_de_convocacao_sessao_extra_002-2025_-_29-01-2025.pdf</t>
@@ -1786,50 +1909,62 @@
     <t>CONVOCA Sessão Extraordinária, para o dia 31/01/2025, às 09h:00min, a realizar-se no Edifício Sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/787/edital_de_convoacao_-_sessao_extraordinaria_003-2025.pdf</t>
   </si>
   <si>
     <t>CONVOCA Sessão Extraordinária, para o dia 06/03/2025, às 10h:00min, a realizar-se no Edifício Sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/948/edital_de_convocacao_sessao_extraordinaria__na_004-2025.pdf</t>
   </si>
   <si>
     <t>Edital de convocação Sessão Extraordinária n° 004/2025: RESOLVE Convocar Sessão Extraordinária, para o dia 27/05/2025, às 10:00h, a realizar-se no Edifício Sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1033/edital_de_convocacoaao_-_assinado.pdf</t>
   </si>
   <si>
     <t>Edital de convocação Sessão Extraordinária n° 005/2025: RESOLVE Convocar Sessão Extraordinária, para o dia 27/06/2025, às 09:00h, em atenção ao ofício n° 463/2025, a realizar-se no Edifício Sede do Poder Legislativo.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1391/edital_de_convocacao_sessao_extraordinaria_na07-2025.pdf</t>
   </si>
   <si>
     <t>Edital de convocação Sessão Extraordinária n° 07/2025: Convoca os Senhores para Sessão Extraordinária a realizar-se no dia 04/11/2025, terça-feira, às 09:00h, nas dependências da Câmara Municipal, destinada exclusivamente à apreciação das matérias constantes da Ordem do Dia, conforme solicitação do Chefe do Poder Executivo, constante do Ofício Gab. n° 585/2025.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1457/convocacao_extraordinaria_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Edital de convocação Sessão Extraordinária n° 08/2025: CONVOCA os Senhores Vereadores para a sessão extraordinária, a realizar-se no dia 18 (dezoito) de dezembro de 2025, quinta-feira, às 09h, nas dependências da Câmara Municipal.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1481/edital_de_convocacao_sessao_extraordinaria_na08-2025.pdf</t>
+  </si>
+  <si>
+    <t>Edital de convocação Sessão Extraordinária n° 08/2025: Convoca os Senhores para Sessão Extraordinária a realizar-se no dia 18/12/2025, quinta-feira, às 09:00h, nas dependências da Câmara Municipal, destinada exclusivamente à apreciação das matérias constantes da Ordem do Dia, conforme solicitação do Chefe do Poder Executivo, constante do Ofício Gab. n° 680/2025.</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/815/projeto_de_lei_n001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da praça localizada no distrito de Anajanópolis como: praça Antônio Casimiro de Souza.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/818/projeto_lei_n001-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 001/2025, Ver. Neutin Soares: Dispõe sobre a instalação de câmaras de vigilância em casas noturnas de diversão e lazer no município e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/819/projeto_lei_n01-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 01/2025, Ver. Sebastião Fabrício: Institui no Município PEDRO AFONSO, estado de Tocantins, A SEMANA DA CULTURA CATÓLICA "LOUVOR E ADORAÇÃO", a ser realizada anualmente, preferencialmente na primeira semana do mês de maio, considerado este mês mariano.</t>
   </si>
@@ -1871,50 +2006,68 @@
     <t>Projeto de Lei n° 002/2025, Ver. Marquim Catabriga: "Institui o Programa Municipal de Transporte Solidário de Saúde no município de Pedro Afonso - TO e dá outras providências."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1424/projeto_de_lei_na003-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_saude_distrito_agrovila.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 003/2025, Ver. Aguinaldo Lima: "Dispõe sobre a denominação da praça a ser construída em torno do posto de saúde no Distrito de Agrovila Bom Tempo, neste município de Pedro Afonso - TO e dá outras providências."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1425/projeto_de_lei_na005-2025_altera_a_denominacao_da_rua_2localizada_no_distrito_de_anajanopolis__porto_real.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 005/2025, Ver. Pedro Berlamino: "Altera a denominação da Rua 2, localizada no Distrito de Anajanópolis - Porto Real, neste Município de Pedro Afonso - TO, que passa a denominar-se Rua Erval Barreira de Abreu, e dá outras providências."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1426/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 005/2025, Ver. Aguinaldo Lima: "Dispõe sobre a denominação de via pública localizada no Distrito de Agrovila Bom Tempo, neste Município de Pedro Afonso - TO, e dá outras providências."</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1427/projeto_de_lei_na006-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n° 006/2025, Ver. Pedro Berlamino: "Dispõe sobre a denominação de via pública localizada no Distrito de Anajanópolis - Porto Real, neste Município de Pedro Afonso - TO, e dá outras providências."</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1482/projeto_de_lei_na_004-2025_institui_o_programa_mun._cidade_verde.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n° 004/2025, Ver. Marquim Catabriga: Institui o Programa Municipal "Cidade Verde", destinado ao incentivo do plantio de árvores nativas no município de Pedro Afonso - TO, com participação das escolas e da comunidade.</t>
+  </si>
+  <si>
+    <t>EMOD</t>
+  </si>
+  <si>
+    <t>Emenda Modificativa</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1471/proposta_de_emenda_modifciativa_-_regimento_interno_compressed.pdf</t>
+  </si>
+  <si>
+    <t>Altera dispositivos do Regimento Interno da Câmara Municipal de Pedro Afonso, e dá outras providências.</t>
   </si>
   <si>
     <t>MOAPL</t>
   </si>
   <si>
     <t>Moção de Aplausos</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/827/mocao_de_aplausos_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos ao Defensor Público-Geral do Estado do Tocantins, Senhor Pedro Alexandre Conceição Aires Gonçalves.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1331/mocao_de_aplausos_na002-2025.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos aos policiais militares SD Temoteo Costa Santos, SD Rikelven Custodio da Silva e SD Jairo Leonel Vieira Neto, em reconhecimento ao ato de bravura e à relevante atuação na preservação da vida e na defesa da segurança pública.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/859/mocao_de_aplausos_no003-2025_ao_jovem_atleta_joao_vitor__fortuna_basso.pdf</t>
   </si>
   <si>
     <t>Concede Moção de Aplausos ao jovem atleta João Vitor Fortuna Basso, pelo brilhante desempenho no jiu-jitsus, esporte no qual vem colecionando conquistas e elevando o nome de Pedro Afonso em competições regionais estaduais e internacionais.</t>
   </si>
@@ -2131,84 +2284,249 @@
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1405/parecer_da_comissao_ref_projeto_de_resolucao_na004-2025_parecer_059-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Resolução n°: 001 /2025 - Proponente: Ver. Aguinaldo Lima - Ementa: Dispõe sobre a concessão do Título de Cidadão Pedro-afonsino ao Senhor Antonio Ferreira de Almeida Neto, Vereador deste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1406/parecer_da_comissao_ref_projeto_de_lei_na027-2025_parecer_060-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°: 027 /2025 -  Ementa: Dispõe sobre autorização para doação de área pública ao SENAI Tocantins e dá outras providências.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1407/parecer_da_comissao_ref_projeto_de_lei_na028-2025_parecer_061-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°: 028 /2025 -  Ementa: Autoriza o município de Pedro Afonso - Estado do Tocantins permitir a servidão administrativa para fins de passagem e instalação de infraestrutura de rede elétrica no povoado mata verde, em favor da BP Bioenergy.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1423/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na003-2025__parecer_na064-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei n°: 003 /2025 - Proponente: Ver. Aguinaldo Lima - Ementa: Dispõe sobre a denominação da praça a ser construída em torno do posto de saúde no Distrito de Agrovila Bom Tempo, neste município de Pedro Afonso - TO e dá outras providências.</t>
   </si>
   <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1444/parecer_da_comissao_sobre_projeto_de_resolucao_na004-2025_parecer_na068-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n°: 002 /2025 - Proponente: Ver. Sebastião Fabrício- Ementa: Concede título de cidadã pedro-afonsina à senhora Juma Marques Cardoso, em reconhecimento aos relevantes serviços prestados à comunidade e pelo compromisso com o desenvolvimento social, cultural e jurídico do Município de Pedro Afonso.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1445/parecer_da_comissao_sobre_mocao_aplausos_na005-2025_parecer_na070-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos n°: 005 /2025 - Proponente: Ver. Marquim Catabriga- Ementa: Concede moção de aplausos ao Dr. Vinícius Pires, Cardiologista, pelo excelente trabalho e dedicação à saúde da comunidade de Pedro Afonso, com atendimento especializado e humanizado que contribui para a melhoria da qualidade de vida dos cidadãos.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1446/parecer_da_comissao_sobre_mocao_aplausos_na004-2025_parecer_na069-2025.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Aplausos n°: 002 /2025 - Proponente: Todos os Vereadores- Ementa: Concede moção de aplausos ao Conselheiro Dr. André Matos, Presidente da 6° Relatoria do Tribunal de Contas do Estado do Tocantins, e a toda sua equipe, em reconhecimento ao relevante trabalho prestado à administração pública municipal tocantinense.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1447/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na005-2025__parecer_na066-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 005 /2025 - Proponente: Ver. Aguinaldo Lima- Ementa: Dispõe sobre a denominação da avenida principal do Distrito de Agrovila Bom Tempo, neste Município de Pedro Afonso - TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1448/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na006-2025__parecer_na072-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 006 /2025 - Proponente: Ver. Pedro Berlamino- Ementa: Dispõe sobre a denominação de via pública localizada no Distrito de Anajanópolis - Porto Real, neste Município de Pedro Afonso - TO, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1449/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na024-2025__parecer_na073-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 024 /2025 - Proponente: Poder Executivo- Ementa: Dispõe sobre as Diretrizes Gerais para a elaboração da Lei Orçamentária de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1450/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na025-2025__parecer_na074-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 025 /2025 - Proponente: Poder Executivo- Ementa: Dispõe sobre Estimativa do Plano Plurianual do Município de Pedro Afonso - TO para o período de 2026 a 2029 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1451/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na005-2025__parecer_na076-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n°: 005 /2025 - Proponente: Ver. Lili Benício- Ementa: Concede título de cidadã pedro-afonsina à senhora Kelma de Souza França, em reconhecimento aos relevantes serviços prestados ao Município de Pedro Afonso, especialmente na área da saúde pública, onde vem atuando com dedicação, competência e compromisso social.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1452/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na006-2025__parecer_na077-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n°: 006 /2025 - Proponente: Ver. Lili Benício- Ementa: Concede título de cidadão pedro-afonsino ao senhor Luan Natanael Nunes Silva, em reconhecimento aos relevantes serviços prestados ao Município de Pedro Afonso, especialmente na área da saúde pública, onde vem atuando com dedicação, competência e compromisso social.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1453/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na007-2025__parecer_na078-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n°: 007 /2025 - Proponente: Ver. Lili Benício- Ementa: Concede título de cidadã pedro-afonsina à senhora Josirene Maria Alves de Araújo, em reconhecimento aos relevantes serviços prestados ao Município de Pedro Afonso, especialmente na área da saúde, por meio de seu trabalho dedicado, ético e humanizado como fisioterapeuta.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1454/parecer_da_comissao_sobre_projeto_de_lei_na026-2025_parecer_075-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 026 /2025 - Proponente: Poder Executivo - Ementa: Estima a Receita e fixa a Despesa da LOA - Lei do Orçamento Anual do Município de Pedro Afonso - TO, para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1455/parecer_da_comissao_sobre_projeto_de_lei_na005-2025_parecer_na071-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 005 /2025 - Proponente: Ver. Pedro Berlamino- Ementa: Altera a denominação da Rua 2, localizada do Distrito de Anajanópolis - Porto Real, neste Município de Pedro Afonso - TO, que passa a denominar-se Rua Erval Barreira de Abreu, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1475/parecer_no_057-2025_projeto_de_lei_no_002-2025_programa_municipal_transporte_solidario_-_ver._marquim.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 002 /2025 - Proponente: Ver. Marquim Catabriga- Ementa: Institui o Programa Municipal de Transporte Solidário de Saúde no município de Pedro Afonso - TO e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1476/parecer_comissao_regimento_interno.pdf</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda Modificativa à Resolução n° 009 /2025 (Regimento Interno) - Proponente: Poder Legislativo - Mesa Diretora - Ementa: Altera dispositivos do Regimento Interno da Câmara Municipal de Pedro Afonso, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1477/parecer_comissao_n_067-2025_titulo_de_cidadao_vilmar_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n°: 002 /2025 - Proponente: Ver. Marquim Catabriga, Lili Benício, Antônio Neto e Sebastião Fabrício - Ementa: Concede Titulo de Cidadão Pedroafonsino ao Deputado Estadual Vilmar do Detran, em reconhecimento aos relevantes serviços prestados e à contribuição significativa ao desenvolvimento do município de Pedro Afonso - TO.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1478/parecer_comissao_n_079-2025_mensagem_de_veto_no_004-2025_programa_transporte_solidario.pdf</t>
+  </si>
+  <si>
+    <t>Mensagem de Veto n°: 004 /2025 - Proponente: Poder Executivo - Ementa: Comunicar o veto integral do Projeto de Lei n° 002/2025.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1479/parecer_comissao_no_80-2025_ref._projeto_de_lei_no_029-2025_regularizacao_dominal_de_imoveis.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 029 /2025 - Proponente: Poder Executivo - Ementa: Dispõe sobre a regularização dominial de imóveis ocupados por munícipes localizados em áreas devidamente matriculadas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1480/parecer_comissao_n_084-2025_-_titulo_de_cidadao_hiromi.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n°: 004 /2025 - Proponente: Ver. Pedro Belarmino - Ementa: Concede Titulo de Cidadão Pedroafonsino ao Mário Hiromi Okuyama e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1483/parecer_da_comissao_sobre_projeto_de_lei_na004-2025_parecer_na083-2025.pdf</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1490/parecer_da_comissao_sobre_projeto_de_resolucao_na06-2025_parecer_na090-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução n° 006/2025, Poder Legislativo: Dispõe sobre a atualização dos valores do auxílio-alimentação concedido no âmbito da Câmara Municipal de Pedro Afonso, revoga a Resolução n° 014/2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1491/parecer_da_comissao_sobre_projeto_de_lei_na034-2025_parecer_na089-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 034 /2025 - Proponente: Poder Executivo - Ementa: Dispõe sobre reajuste na estrutura tarifária do Sistema de Saneamento e Águas de Pedro Afonso / SISAPA, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1492/parecer_da_comissao_sobre_projeto_de_lei_na030-2025_parecer_na085-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 030 /2025 - Proponente: Poder Executivo - Ementa: Altera a Lei Municipal n° 026/2019, pro que tange a inclusão e reajuste salarial da classe profissional e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1493/parecer_da_comissao_sobre_projeto_de_lei_na031-2025_parecer_na086-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 031 /2025 - Proponente: Poder Executivo - Ementa: Dispõe sobre autorização legislativa à continuidade da denominada "Secretaria Extraordinária para Resoluções de Problemáticas Pluviais" - sob período rígido e determinado -, consoante à Lei n° 074/2022 (Lei que dispõe sobre diretrizes orçamentárias 2023), e dá outras providências.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1494/parecer_da_comissao_sobre_projeto_de_lei_na032-2025_parecer_na087-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 032 /2025 - Proponente: Poder Executivo - Ementa: Altera a Lei n° 36/2025 para incluir os arts. 5°-A, 5°-B, 5°-C e 5°-D, que trata sobre a execução de Políticas Públicas voltadas para crianças e adolescentes por meio de Agenda Transversal.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1495/parecer_da_comissao_sobre_projeto_de_lei_na033-2025_parecer_na088-2025.pdf</t>
+  </si>
+  <si>
+    <t>Projeto de Lei n°: 033 /2025 - Proponente: Poder Executivo - Ementa: Inclui dispositivo no Código Tributário Municipal para prever o Imposto sobre Bens e Serviços - IBS.</t>
+  </si>
+  <si>
     <t>OFC</t>
   </si>
   <si>
     <t>Ofício</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1370/oficio_n_004-2025.pdf</t>
   </si>
   <si>
     <t>Encaminhamento de proposições para análise.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/816/projeto_de_lei_n_002-2025_-_altera_o_nome_da_rua_09..pdf</t>
   </si>
   <si>
     <t>Solicita a disponibilidade deum transporte (ônibus) para o translado do grupo A força Jovem Universal, ao evento denominado "luau FJU", que ocorrerá na cidade de Guaraí - TO, no dia 15 de fevereiro de 2025.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1364/oficio_cm-gb_na246-2025_comunicacao_sobre_manutencao_do_veto_total_na_03-2025_ao_projeto_de_lei_na001-2025.pdf</t>
   </si>
   <si>
     <t>Comunicação sobre a manutenção do Veto Total n° 03/2025 ao Projeto de Lei 001/2025.</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Mensagem de Veto</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1363/mensagem_de_veto_no003-2025_ao_projeto_de_lei_na001-2025.pdf</t>
   </si>
   <si>
     <t>Comunicar o veto integral do Projeto de Lei n° 001/2025.</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1464/mensagem_de_veto_no_004-2025_programa_transporte_solidario.pdf</t>
+  </si>
+  <si>
+    <t>Comunicar o veto integral do Projeto de Lei n° 002/2025.</t>
+  </si>
+  <si>
+    <t>PELo</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica</t>
+  </si>
+  <si>
+    <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1456/proposta_de_emenda_a_lei_organica_no_1_de_15_de_novembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Altera o inciso III do art. 17, o §2º do art. 27 e o §1º do art. 30, todos da Lei Orgânica do Município de Pedro Afonso/TO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2512,56 +2830,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/746/01_-_indicacao_no_001-2025_-_20-01_-_ver._marquim_-_calcamento_das_rampas_do_rio_sono_e_tocantins..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/747/02_-_indicacao_no_003-2025_-_10-02_-_ver._pedro_-_plano_de_saude_para_serviores_municipais..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/748/03_-_indicacao_no_004-2025_-_10-02_-_ver._pedro_-_realizacao_de_limpeza_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/749/04_-_indicacao_no_007-2025_-_10_-_02_-ver._pedro_-_abertura_de_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/750/05_-_indicacao_no_002-2025_-_12_-_02_-_ver._pedro_-_cliacao_de_uma_clinica_veterinaria..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/751/06_-_indicacao_no_006-2025_-_12-02_-_ver._pedro_-_cronstrucao_de_uma_clinica_de_saude_para_mulheres..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/752/07_-_indicacao_no_008-2025_-_13-02_-_ver._pedro_-_criacao_de_centro_de_recuperacao_e_apoio_dependetes_quimicos..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/753/08_-_indicacao_no_001-2025_-_14-02_-_ver._fabricio_-_extensao_de_canteiro_central_avenida_pedro_marinao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/754/09_-_indicacao_no_002-2025_-_14-02_-_ver._fabricio_-__doacao_de_terreno_setor_portelinha..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/776/indicacao_no001-2025_-_24-02-2025a_construcao_creche_no_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/777/indicacao_no002-2025_24-02-2025_construcao_praca_publica_setor_portelinha.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/791/01_-_indicacao_no_009-2025_-_instalacao_de_quebra-molas_na_avenida_santa_luzia_19-02.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/792/02_-_indicacao_no_001-2025_-_implantacao_de_centros_de_fisioterapia_27-02.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/793/03_-_indicacao_no_003-2025_-_calcamento_do_parque_de_exposicoes_jose_damasceno_de_sa_27-02.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/812/indicacao_n_001-2025_pleitear_a_mudanca_do_atual_porte_i_para_ii_da_unid_hospitalar__vereador_antonio_neto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/813/indicacao_n_002-2025_aquisicao_de_uniformes_para_grupo_da_terceira_idade_nosso_municipio_vereador_marcos_catabriga.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/814/indicacao_n002-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/828/20-03_indicacao_no03-2025_indiva_a_divulgacao_da_biblioteca_virtual__portal_dominio_publico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/829/20-03_indicacao_no04-2025_indica_a_contratacao_de_medico_geriatra.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/830/20-03_indicacao_no05-2025_indica_que_seja_realizada_campanhas_de_prevencao_a_bronquiolite.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/831/21-03_indicacao_no003-2025_indica_a_construcao_espaco_coberto_de_lazer_no_centro_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/832/21-03_indicacao_no004-2025_indica_a_realizacao_de_obras_de_reformas_da_praca_central_do_pop_shopping.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/833/31-03_indicacao_no_002-2025_solicitando_a_implantacao_de_sinalizacao_viaria_na_rua_08__maranatha.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/840/ind._no015-2025_construcao_de_2_quiosques_de_alimentacao_na_praca.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/852/indicacao_no005-2025__indica_de_areas_no_municipios_para_elaboracao_e_futura_implementacao_de_projetos_hab..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/940/indicacoaao_07-2025_indica_a_construcoaao_instalacoaao_e_manutencoaao_de_melhorias_na_rampa_rio_to.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/941/indicacoaao_08-2025__indica_a_instalacoaao_de_bebedouros_de_augua_potauvel_destinada_ao_consumo_gratuito_populacoaao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/942/indicacoaao_n_003-2025_indica_que_seja_realizada_avaliacoaao_tecnica_das_condicooes_de_trbalho_da_casa_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/943/indicacoaao_n_006-2025_a_ampliacoaao_e_reforma_da_rotatouria_prouximo_estab_farol.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/944/indicacoaao_n002-2025_a_implantacoaao_de_um_centro_especializacoaao_em_reabilitacoaao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/945/indicacoaao_n_001-2025_a_realizacoaao_limpeza_remocoaao_de_entulhos_acumulados_nas_margens_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/946/indicacoaao_n_002-2025_providencie_a_extensaao_da_rede_de_abastecimento_de_agua_setor_canada.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/947/indicacoaao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/957/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1034/indicacoaao_n_007-2025_indica_recapeamento_da_rua_saao_joaaao_no_st._santo_afonso.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1035/indicacoaao_n_10-2025_indica_a_instalacoaao_de_iluminacoaao_publica_no_ponto_de_acesso_ao_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1312/indicacao_na004-2025_indica_construcao_de_um_patio_destinado_aos_estacionamento_de_caminhoneiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1320/indicacao__na_011-2025_indica_a_construcao_de_uma_praca_com_espaco_de_lazer_para_comunidade_portelinha.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1321/indicacao_na_012-2025_indica_a_costrucao_de_um_portal_na_entrada_do_setor_portelinha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1323/indicacao_no013-2025_indica_a_realizacao_de_programa_de_castracao_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/759/requerimento_no_001-2025_-_ver._gordo_-_construcao_de_praca_com_estacinamento_setor_aeroporto_ii..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/760/requerimento_no_002-2025_-_ver._gordo_-_recuperacao_asfaltica_rua_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/761/requerimento_no_003-2025_-_ver._gordo_-_recuperacao_asfaltica_rua_lindolfo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/762/requerimento_no_004-2025_-_ver._gordo_-_construcao_de_praca_e_academia_ao_ar_livre_setor_castanheira..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/795/requerimento_no_006-2025_-__calcamentos_nas_travesas_b_e_d.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/797/requerimento_no_007-2025_-_calcamento_na_travessa_01.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/863/req._no008-2025_requer_a_revitalizacao_da_rampa_do_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/958/req._n_009-2025__requer_a_instalacoaao_de_iluminacoaao_puublica_na_pracoa_lagoa_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1314/req._na_011-2025_requer_a_limpeza_geral_da_sede_da_agrovila__bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1385/req._na_013-2025_solicita_a_construcao_de_uma_praca_publica_com_academia_ao_ar_livre_agrovila_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1397/req._na_014-2025_requer_a_implantacao_de_pontos_de_onibus_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1434/req._na_01-2025_requer_a_criacao_da_casa_mun._de_acolhimento_institucional_para_criancas_e_adolecentes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/768/requerimento_no_002-2025_-_ver._coelho_-_construcao_de_ponte_corrego_lajeadinho.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/769/requerimento_no_003-2025_-_ver._coelho_-_construcao_de_ponte_corrego_grota_da_onca.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/781/requer._no004-2025_-_realizacao_serv_recuperacao_estrada_vicinais.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/782/requer._no005-2025_-_disponib_de_uma_pa_carregadeira_e_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/810/requerimento_n006-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/811/requerimento_n007-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/824/req._no_008-2025_requer_escoamento_das_aguas_pluviais_na_avenida_sousa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/825/req._no_009-2025_requer_a_ampliacao_da_galeria_de_agua_pluviais.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/842/req._no012-2025_a_limpeza_do_setor_castanheiras.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/844/req._no013-2025_a_construcao_de_redutores_de_velocidade_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/845/req._no014-2025_a_extensao__da_rede_de_abastecimento_de_agua_lot_do_regino.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/854/req._no015-2025__a_recuperacao_o_levantamento_e_o_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/962/req._n_017-2025_requer_a_instalacoaao_de_uma_tela_de_protecoaao_em_frente_ao_campo_aldeinha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/961/req._n018-2025_requer_retorno_e_reativacoaao_do_antigo_porto_de_embarcacoaao.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1308/req._na_019-2025_requer_a_disponib._de_uma_retroescavadeira_para_regiao_do_rio_negro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1315/req._na_020-2025_requer_a_recuperacao_da_estrada_que_liga_o_trevo_da_agrovila_bom_tempo_a_ponte_do_sr._alcides_ramos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1316/req._na_021-2025_requer_que_seja_realizada_a_recuperacao_da_estrada_que_liga_a_cbpo__a_sede_da_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1319/req._na_022-2025_requer_a_realizacao_de_campeonato_esportivo_envolvendo_epuipes_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1335/requerimento_no_023-2025_-_solicitacao_de_maquinariso_fazenda_propriedade_do_vereador.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1357/req._no_024-2025_requer_o_envio_maquinarios_tais_como_patrol_pa_carregadeira_e_cacamba.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1355/req._na_025-2025_requer_a_disponibilizacao_de_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1358/req.na_026-2025_requer_o_envio_de_um_trator_para_realizacao_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1368/req._na027-2025_requer_a_disp._de_uma_grade_para_trator_com_a_finalidade_de_realizar_servicos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1382/req._na_028-2025_requer_o_envio_de_uma_cacamba_para_atender_a_demanda_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1394/req._na029-2025_requer_a_instalacao_de_placas_de_indentificacao_de_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1409/req._na_030-2025_requer_a_disponib._de_um_onibus_para_transporte_de_35_alunos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1440/req._na_031-2025_requer_a_construcao_de_redutores_de_velocidade_quebra_molas_na_rua_9.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1441/req._na_032-2025_requer_a_construcao_de_dois_mata_burros_na_estrada_vicinal_entre_fazenda_parada_e_a_fazenda_netario.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1399/req._na_002-2025_requer_que_promova_uma_mobilizacao_educativa_por_meio_das_secretarias_mun._saude_ambiente_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/778/requer._no001-2025_-_execucao_servicos_terraplanagem_na_estrada.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/779/requer._no002-2025_-_disponib_de_trator_com_grade_para_gradeamento.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/807/requerimento_n__003-2025_-_ver._mirneuton.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/823/req._no_004-2025_requer_a_realizacao_de_dervicos_terraplanagemreposicao_aterro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/834/req._no005-2025_requer_o_cascalhamento_da_estrada_q_da_acesso_a_chacara_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/997/req._n007-2025_a_instalacoaao_de_redutores_de_velocidades_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1341/req._na008-2025_requer_a_ligacao_da_rede_de_abastecimento_de_agua_nas_ruas_da_segunda_etapa_setor_uniao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1340/req._na009-2025_requer_o_concerto_imediato_da_cobertura_da_quadra_de_esportes_bruno_wericles.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1353/req._na_010-2025_requer_que_seja_realizada_a_construcao_de_uma_quadra_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1354/req._na_011-2025_requer_o_envio_maquinario_para_realizacao_de_servicos_de_terraplanagem.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1365/req._na_012-2025_requer_a_abertura_no_canteiro_central_da_avenida_no02_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1395/req._na013-2025_requer_a_disponib_de_um_trator_com_grade_para_gradeamento_de_2_alqueres.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1398/req._na_014-2025_requer_a_criacao_de_um_centro_de_atividades_complementares.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/853/req._no002-2025__requer_a_disponibilizacao_de_caminha_o_pertecente_a_frota_mun..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/862/req._no003-2025_requer_que_faca_gestoes_junto_a_agencia_do_banco_bradesco.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1040/req._n004-2025__requer_a_disponib._de__maquinarios.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1313/req._na_005-2025_requer_o_cascalhamento_da_vias_do__setor_uniao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1344/req_na007-2025_requer_a_instalacao_de_quadro_automatico_no_sistema_de_abastecimento_de_agua_em_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1343/req_na008-2025_requer_a_disponibilizacao_de_uma_pa_carregadeira.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1336/requerimento_no_009-2025_a_disponibilizacao_de_uma_cacamba_para_realizacao_de_servicos_essenciais_na_fazenda_ceu_azul.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1392/req._no010-2025_requer_a_disponibilizacao_de_transportesvam_da_secretaria_mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/763/requerimento_no_001-2025_-_ver._pedro_-_disponibilizacao_de_trator_para_beneficio_de_familias.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/764/requerimento_no_002-2025_-_ver._pedro_-_instalacao_de_iluminacao_publica_no_setor_canada..pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/794/requerimento_no_003-2025_-__limpeza_vila_mata_verde.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/808/requerimento_n004-2025_vereador_pedro_belarmino.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/809/requerimento_n005-2025_vereador_pedro_belarmino.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/826/req._no007-2025_requer_a_relacao_detalhada_dos_medicamentos_fornecidos_secretaria_mun._saude.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/846/req._no014-2025_a_viabilidade_de_transformar_a_avenida_numeriano_b._de_castro_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/847/req._no015-2025_a_instalacao_de_2_lixeiras_na_passarela.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/855/req._no016-2025_requer_a_construcao_de_quiosques_no_espaco_publico.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/856/req._no017-2025_requer_a_contratacao_de_um_zelador_para_praca_e_quadra_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/864/req._no018-2025_a_realizacao_de_limpeza_e_constr._calcada_area_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/865/req._no019-2025_requer_que_estude_a_viabilidade_de_xriacao_da_guarda_mun..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/866/req._no020-2025_req._que_realize_gestoes_junto_ao_governocom_objetivo_de_liberar_areas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/867/req._no021-2025_requer_a_realizacao_estudo_tecnico_para_perfuracao_de_pocos..pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/960/req._n_022-2025_requer_a_realizacoaao_de_um_estudo_para_adquirir_os_livros_do_lourivan_castro.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/963/req._n_023-2025_a_instalacoao_forro_e_climatizacoaao_em_2_salas_de_aulas.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1039/req._n_025-2025_requer_que_informe_a_esta_casa_de_leis_quais_acooesprojetos_ou_obras.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1041/req._n026-2025_requer_a_construcoaao_de_rampa_de_acesso_ao_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1309/req._no_027-2025_requer_a_criacao_de_monumento_em_homenagem_a_libertacao_dos_jegues.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1318/req._na_028-2025_requer_a_construcao_de_um_novo_reservatorio_de_agua_no_distrito_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1317/req._na029-2025_requer_a_disponibilizacao_de_um_carro_pipa_para_atender_familias_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1325/req._na030-2025_requer_a_recuperacao_da_ponte_sobre_corrego_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1337/req._na031-2025_req._a_construcao_de_calcamento_destinado_a_pedestres.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1367/req._na_032-2025_requer_a_disponibilizacao_de_um_onibus_para_transporte_de_30_alunos.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1386/req._na033-2025_requer_a_disponib._de_um_trator_agricula.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1410/req._na_034-2025_requer_a_revitalizacao_da_placa_localizada_em_frente_a_unidade_de_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1438/req_na035-2025_requer_por_intermedio_do_sisapa_a_instalacao_da_rede_agua_na_residencia_do_sr_jucivanio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1442/req._na_036-2025_requer_a_recuperacao_e_revitalizacao_da_quadra_de_esportes_nemesio_martins..pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1443/req._na_037-2025_requer_o_patrolamento_e_a_recuperacao_da_estrada_que_compreende_o_trecho_entre_ponte_da_gameleira.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/765/requerimento_no_001-2025_-_ver._romulo_-_instalacao_de_seguranca_viaria_na_avenida_mestre_bento..pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/766/requerimento_no_002-2025_-_ver._romulo_-_instalacao_de_semaforos_nas_principais_avenidas_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/767/requerimento_no_003-2025_-_ver._romulo_envio_de_maquinas_para_realizacao_de_servicos_de_infraestrutura..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/780/requer._no004-2025_-_aquisicao_de_terreno_construcao_setor_industrial.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/783/requer._no005-2025_-_levant_poste_que_nessecitam_de_lampadas_na_zona_urbana_e_rural.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/800/req._n_006-2025__a_reforma_da_praca_maria_galvao_do_quiosque_e_da_estacao_digital__vereador_romulo_soares.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/804/req._n_007-2025__o_recapeamento_das_ruas_02_e_03_st_maria_galvao_vereador_romulo_soares.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/836/req._no_009-2025_requer_a_implantacao_de_uma_farmacia_basica_na_unid_basica_de_saude_ubs.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/835/req._no010-2025__requer_o_recapeamento_da_rua_jose_florencio_r._filho.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/843/req._no012-2025_que_faca_gestoes_junto_ao_senai.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/959/req._n_13-2025_requer_a_realizacoaao_de_multiraao_de_limpeza_na_zona_rural_e_urbana.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1038/req._n_014-2025_requer_a_disponib_do_espacoo_do_novo_parque_de_exposicoaao_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1307/req._na_015-2025_requer_a_abertura_de_uma_via_publica_que_inicia_no_final_da_avenida_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1339/req._na016-2025_requer_que_realize_gestao_junto_ao_governo_do_estado_do_tocantins_a_construcao_posto_saude.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1338/req._na017-2025_requer_a_contratacao_de_um_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1369/req._no018-2025_requer_a_realizacao_de_estudo_de_viabilidade_para_instalacao_bercario.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1383/req._na019-2025_req._a_realizacao_de_estudo_de_viabilidade_para_avaliar_a_possibilidade_de_criacao_de_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1381/req._na_020-2025_requer_a_realizacao_de_um_multirao_de_limpeza_so_setor_aeroporto_2.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1436/req_na021-2025_requer_que_verifique_a_viab_de_constr._de_um_estacionamentona_praca_antonio_de_sousa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1437/req_na022-2025_requer_que_seja_incluida__no_projeto_da_orla_construida_na_praia_dunga_uma_sede_destinada_a_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1439/req._na_023-2025_requer_que_seja_realizado_um_estudo_de_estudo_de_viabilidade_tecnica_visando_a_construcao_de_um_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/755/requerimento_no_001-2025_-_ver._fabricio_-_reforma_das_caixas_dagua_fixas..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/756/requerimento_no_002-2025_-_ver._fabricio_-_recuperacao_das_ruas_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/757/requerimento_no_003-2025_-_ver._fabricio_-_revitalizacao_do_cemiterio_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/758/requerimento._no_05-2025_-_ver._fabricio-_realizacao_de_canalizacao_das_aguas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/796/requerimento_no_006-2025_-_realizacao_de_vistoria_na_ponte_do_lageado_denominada_ponte_elton_valdir_schmitz_em_carater_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/803/req._n_007-2025__o_fechamento_da_avenida_mestre_bento_nos_domingos_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/805/req._n_08-2025__envio_de_uma_retroescavadeira_e_cacamba_realizar_servicos_chacara_trindade_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/806/req._n_10-2025__envio_de_maquinarios_ao_sr._josinei_bezerra_soares_e_familia_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/841/req._no011-2025__o_envio_de_maquinarios_na_fazenda_sr_sebastiao_caval_santiago.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1342/req._na_12-2025_requer_o_envio_dos_maquinarios_retroescavadeirapatrole_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1356/req._no_14-2025_requer_a_disponibilizacao_de_um_caminhao_para_o_transporte_de_6.000_telhas.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1366/req._na_15-2025_requer_providencias_quanto_a_organizacao_e_padronizacao_dos_boxes_da_feira_coberta_mun..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1396/req._na_17-2025_requer_o_envio_de_maquinario_tal_seja_a_retroescavadeira_para_chacara_paraiso.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1393/req._na18-2025_req._o_envio_de_uma_cacamba_e_maquina_retroescavadeira_para_fazenda_monte_alegre.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1433/req_na19-2025_requer_a_instalacao_de_placa_de_proibido_estacionar_na_av_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1435/req_na_20-2025_requer_o_alargamento_do_retorno_localizado_na_av_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/837/projeto_de_decreto_legislativo_no_001-2025_-_julgamneto_contas_consolidadas_poder_executivo_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/838/projeto_de_decreto_legislativo_no_002-2025_-_julgamneto_contas_consolidadas_poder_executivo_2022.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/822/projeto_de_lei_complementar_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/770/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/771/projeto_de_resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/790/projeto_de_resolucao_no_003-2025_-_dispoe_sobre_a_reestruturacao_do_quadro_comissionado_da_camara_municipal_de_pedro_afonso_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/821/projeto_de_resolucao_no_004_de_17_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1031/projeto_de_resolucoaao_n01-2025_autoriza_a_mesa_diretora_da_camara_mun._de_pedro_afonso_-to_conceder_o_titulo_cidadaa_pedroafosina.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1037/projeto_de_resolucoaao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1075/projeto_de_resolucao_no_005-2025_-_regimento_interno_pedro_afonso_-_final.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1326/projeto_de_resolucao_no_003-2025_-_concede_titulo_de_cidadao_ao_depu._alexandre_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1334/projeto_de_resolucao_no003-2025_titulo_cidadao_maria_benedita_moraes.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1345/projeto_de_resolucao_no002-2025__tiulo_cidadao_jorge_pires.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1376/projeto_de_resolucao_na001-2025_concede_o_titulo_de_cidada_pedroafonsino_ao_senhor_edson_shultz_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1377/projeto_de_resolucao_na0001-2025_concede_titulo_de_cidada_pedroafonsino_ao_senhor_francisco_alberto_alves_barros.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1378/projeto_de_resolucao_na001-2025_concede_titulo_de_cidada_pedroafonsina_maria_de_fatima_camara.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1379/projeto_de_resolucao_na_002-2025_cria_no_ambito_da_camara_mun._de_pedro_afonso_a_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1384/resolucao_na016-2025_concede_titulo_cidadao_prdroafonsinoao_senhor_antonio_marcos_camara_catabriga.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1400/projeto_de_resolucao_na004-2025_dispoe_sobre_a_concessao_do_titulo_de_cidadao_pedroafonsino_antonio_ferreira_almeida_neto.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1411/projeto_de_resolucao_na004-2025__concede_o_titulo_de_cidada_pedro_afonsina_a_senhora_juma_marques_cardoso.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1430/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1431/projeto_de_resolucao_na006-2025_concede_o_titulo_de_cidadao_pedroafonsino_ao_sr._luan_natanael_nunes_silva.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1432/projeto_de_resolucao_na007-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_josirene_maria_a._de_araujo.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/732/autografo_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025._2.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/733/autografo_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/734/autografo_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso._2.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/735/autografo_de_lei_no_004-2205_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/736/autografo_de_lei_no_005-2025_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/737/autografo_de_lei_no_006-2025_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/738/autografo_de_lei_no_007-2025_-_dispoe_sobre_autorizacao_legislaiva_a_continuidade_da_denominada_secretaria_extraordinaria_para_resolucoes_de_problematicas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/784/autografo_de_lei_no_008-2025_institui_no_municipio_de_pedro_afonso-to_a_semana_da_cultura_catolica..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/785/autografo_de_lei_no_009-2025_-_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/786/autografo_de_lei_no_010-2025_-_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/798/autografo_de_lei_n011-2025_denominacao_da_praca_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/799/autografo_de_lei_n012-2025_instalacao_de_cameras_de_vigilancias.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/801/autografo_de_lei__no013-2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/802/autografo_de_lei_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/820/autografo_de_lei__no015-2025_institui_programa_de_recuperacao_fiscal-refis_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/839/autografo_de_lei_no016-2025__semana_da_cidadania_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/848/autografo_de_lei_no017-2025_dia_mundial_de_concientizacao_sobre_a_neuromielite_optica.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/849/autografo_de_lei_no018-2025_altera_a_redacao_do_art._1o_da_lei_no0512017_de_17_de_novembro_do_ano_de_2017.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/850/autografo_de_lei_no019-2025__revoga_o_2o_do_art._2o_da_lei_complementar_001-2025_refis.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/851/autografo_de_lei_no020-2025__dispoe_sobre_a_obrigatoriedade_do_poder_executivo_mun_adotar_provid._p_o_cumpr._das_normas_federais.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/857/autografo_de_lei_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/858/autografo_de_lei_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/868/autografo_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/869/autografo_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/870/autografo_de_lei_no025-2025..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/871/autografo_de_lei_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/872/autografo_de_lei_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/873/autografo_de_lei_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/905/autografo_de_lei_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/938/autografo_de_lei_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/939/autografo_de_lei_n031-2025_institui_o_prejeto.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1032/autougrafo_de_lei_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1310/autografo_de_lei_na_033-2025_dispoe_sobre_denominacao_da_escola_mun._de_anajanopolis_porto_real.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1311/autografo_de_lei_na_034-2025_autorizo_o_executivo_mun._a_receber_em_cessao_gratuita_de_uso_da_diocese_de_miracema.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1322/autografo_de_lei_na035-2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1333/autografo_de_lei_na_036-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_nacional_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1371/autografo_de_lei_na_037-2025_dispoe_sobre_alteracao_do_nome_da_rua_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1390/autografo_de_lei_no038-2025_institui_o_programa_mun._de_transporte_solidario_de_saude_no_mun._pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1388/autografo_de_lei_na_039-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai..pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1389/autografo_de_lei_na_040-2025_autoriza_o_mun._de_pedro_afonso_estado_toc._a_permitir_a_servidao.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1414/autografo_de_lei_no041-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_de_saude__no_distrito_de_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1415/autografo_de_lei_na042-2025_dispoe_a_denominacao_de_via_publica_localizada_no_distrito_de_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1416/autografo_de_lei_na043-2025_altera_a_denominacao_da_rua_2_localizada_no_distrito_de_anajanopolis_-__porto_real.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1417/autografo_de_lei_na044-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1418/autografo_de_lei_na045-2025_dispoe_sobre_as_diretrizes_gerais_para_a_elaboracao_da_lei_orcamentaria_de_2026.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1419/autografo_de_lei_na046-2025_ementa__dispoe_sobre_estimativa_do_plano_plurianual_do_mun._de_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1420/autografo_de_lei_na047-2025_estima_a_receita_e_fixa_a_despesa_da_loa__-_lei_do_orcamento_anual_do_mun._de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1421/autografo_de_lei_na048-2025_dispoe_sobre_a_regularizacao_dominial_de_imoveis_ocupados_por_municipes.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1422/autografo_de_lei_na049-2025_institui_o_programa_municipal_cidade_verde.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023..pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/727/projeto_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/728/projeto_de_lei_no_004-2025_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/729/projeto_de_lei_no_005-2024_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/730/projeto_de_lei_no_006-2024_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/731/projeto_de_lei_no_007-2025__dispoe_sobre_autorizacao_legislaiva_a_continuidade_da_denominada_secretaria_extraordinaria_para_resolucoes_de_problematicas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/788/projeto_de_lei_no_008-2025_dispoe_sobre_a_modificacao_da_estrutura_orgacional_do_pccr_da_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/789/projeto_de_lei_no_009-2025_-_projeto__de_lei_-_dispoe_sobre_a_modificacao_da_estrutura_orgacional_do_pccr_da_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/955/projeto_de_lei_n_011-2025_altera_a_denominacoaao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/950/projeto_de_lei_n_012-2025_altera_a_denominacoaao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/951/projeto_de_lei_n_014-2025_autoriza_o_poder_executivo_a_celebrar_convenio_com_federacoaao.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/956/projeto_de_lei_n_015-2025_dispoe_sobre_denominacoaao_de_obra_puublica.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_016-2025_institui_o_projeto_cidadania_no_aembito_do_municipio_de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/952/projeto_de_lei_n_017-2025_institui_o_pagamento_do_incentivo_financeiro_por_desempenho_as_equipes_da_atencoaao_primaria_a_saude.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/953/projeto_de_lei_n_018-2025_dispoae_sobre_reajuste_por_data-base_aos_profissionais_do_quadro_geral_permante.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/954/projeto_de_lei_n_019-2025_dispoae_sobre_reajuste_por_data-base_aos_profissionais_do_quadro_permanente_da_saude.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1042/projeto_de_lei_no_020-2025_-_dispoe_sobre_autorizacao_ao_poder_executivo_a_celebracao_de_convenio_com_a_associacao_de_radiodifusao_vale_do_to_-_fm.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1346/projeto_de_lei_na023-2025_prorroga_ate_31_de_zembro_de_2026_a_vigencia_do_plano_nac._educacao.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_024-2025_-_lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1428/projeto_de_lei_no_25-2025_-_ementa._dispoe_sobre_estimativa_do_plano_plurianal_do_municipio_de_pedro_afonso-to..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1429/projeto_de_lei_no_026-2025_-_estima_a_receita_e_fixa_a_despesa_da_loa_-_lei_do_orcamento_anual_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1401/projeto_de_lei_na027-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1408/projeto_de_lei_na028-2025_autoriza_o_municipio_de_pedro_afonso_-_estado_tocantins_a_permitir_a_servidao.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/772/edital_de_convocacao_no_001-2025_-_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/775/errata_-_edital_de_convocacao_-_extraordinaria1_-_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/773/edital_de_convocacao_no_002-2025_-_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/774/edita_de_convocacao_sessao_extra_002-2025_-_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/787/edital_de_convoacao_-_sessao_extraordinaria_003-2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/948/edital_de_convocacao_sessao_extraordinaria__na_004-2025.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1033/edital_de_convocacoaao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1391/edital_de_convocacao_sessao_extraordinaria_na07-2025.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/815/projeto_de_lei_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/818/projeto_lei_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/819/projeto_lei_n01-2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/860/projeto_de_lei_no_003-2025_dispoe_sobre_o_programa_servidor_amigo_do_autista.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/861/projeto_de_lei_no_004-2025__institui_o_selo_escola_amiga_do_autista.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/949/projeto_de_lei_n_001-2025_concede_o_titulo_de_utilidade_publica_mun._a_associacoaao_ipb.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1324/projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1380/projeto_de_lei_na004-2025_dispoe_sobre_a_alteracao_do_nome_da_rua_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1402/projeto_de_lei_na_002-2025_institui_o_programa_mun._de_transporte_solidario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1424/projeto_de_lei_na003-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_saude_distrito_agrovila.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1425/projeto_de_lei_na005-2025_altera_a_denominacao_da_rua_2localizada_no_distrito_de_anajanopolis__porto_real.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1426/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1427/projeto_de_lei_na006-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/827/mocao_de_aplausos_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1331/mocao_de_aplausos_na002-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/859/mocao_de_aplausos_no003-2025_ao_jovem_atleta_joao_vitor__fortuna_basso.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/998/mocoaao_de_aplausos_n_001-2025_-_concede_mocoaao_de_aplausos_ao_senhor_martinho_lino..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1332/mocao_de_aplausos_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1387/mocao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1412/mocao_aplausos_na004-2025_concede_mocao_de_aplausos_ao_conselheiro_dr._andre_matos.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1413/mocao_de_aplausos_na005-2025_concede_mocao_de_aplausos_ao_dr._vinicius_pires__cardiologista.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/739/parecer_da_comissao_provisaria_reunida_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/740/parecer_da_comissao_provisaria_reunida_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/741/parecer_da_comissao_provisoria_reunida_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso._2.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/742/parecer_da_comissao_provisoria_reunida_no_004-2205_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/743/parecer_da_comissao_provisoria_reunida_no_005-2025_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/744/parecer_da_comissao_provisoria_reunida_no_006-2025_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/745/parecer_da_comissao_provisaria_reunida_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1328/parecer_comissao_sobre_projeto_de_lei_021-2025_-_dispoe_sobre_a_denominacao_de_da_escola_mun._de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1329/parecer_comissao_sobre_projeto_de_lei_no_022-2025_autorizo_o_executivo_mun._a_receber_em_cessao_gratuita_de_uso..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1330/parecer_da_comissao_sobre_proje._resolucao_no_001-2025_-_titulo_de_cidadao_pedroafonsino_albino_mazzola.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1327/parecer_comissao_sobre_mocao_de_aplausos_no_003-2025_concede_mocao_de_aplausos_ao_jornalista_fred_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1348/parecer_de_comissao__parecer_na042-2025_projeto_de_resolucao_002-2025_concede_titulo_cidadao_pedroafonsino_a_srjorge_pires_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1347/parecer_de_comissao__parecer_na043-2025_projeto_de_resolucao_003-2025_concede_titulo_cidada_pedroafonsina_a_sr_maria_benedita_morais.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1349/parecer_da_comissao_de_constituicao_justica_e_redacao_sobre_projeto_de_resolucao_na003-2025_parecer_na044-2025.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1360/parecer_de_comissao__parecer_na045-2025_projeto_de_resolucao_na_003-2025_.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1351/parecer_da_comissao__na046-2025_mocao_de_aplausos_001-2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1350/parecer_da_comissao_de_constituicao_justica_e_redacao_sobre_mocao_aplausos_na002-2025_parecer_na047-2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1362/parecer_de_comissao__parecer_na_049-2025_mensagem_de_veto_na003-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1361/parecer_de_comissao__parecer_na_050-2025_projeto_de_resolucao_na_002-2025_.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1359/parecer_de_comissao__parecer_na051-2025_projeto_de_resolucao_na_003-2025_.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1372/parecer_de_comissao__parecer_na052-2025_mocao_aplausos_na004-2025.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1373/parecer_de_comissao__parecer_na054-2025_projeto_de_lei_na004-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1374/parecer_de_comissao__parecer_na055-2025_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1375/parecer_de_comissao__parecer_na056-2025_projeto_resolucao_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1403/parecer_da_comissao_ref_projeto_de_lei_na002-2025_parecer_057-2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1404/parecer_da_comissao_ref_projeto_de_lei_na001-2025_parecer_058-2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1405/parecer_da_comissao_ref_projeto_de_resolucao_na004-2025_parecer_059-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1406/parecer_da_comissao_ref_projeto_de_lei_na027-2025_parecer_060-2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1407/parecer_da_comissao_ref_projeto_de_lei_na028-2025_parecer_061-2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1423/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na003-2025__parecer_na064-2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1370/oficio_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/816/projeto_de_lei_n_002-2025_-_altera_o_nome_da_rua_09..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1364/oficio_cm-gb_na246-2025_comunicacao_sobre_manutencao_do_veto_total_na_03-2025_ao_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1363/mensagem_de_veto_no003-2025_ao_projeto_de_lei_na001-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/746/01_-_indicacao_no_001-2025_-_20-01_-_ver._marquim_-_calcamento_das_rampas_do_rio_sono_e_tocantins..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/747/02_-_indicacao_no_003-2025_-_10-02_-_ver._pedro_-_plano_de_saude_para_serviores_municipais..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/748/03_-_indicacao_no_004-2025_-_10-02_-_ver._pedro_-_realizacao_de_limpeza_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/749/04_-_indicacao_no_007-2025_-_10_-_02_-ver._pedro_-_abertura_de_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/750/05_-_indicacao_no_002-2025_-_12_-_02_-_ver._pedro_-_cliacao_de_uma_clinica_veterinaria..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/751/06_-_indicacao_no_006-2025_-_12-02_-_ver._pedro_-_cronstrucao_de_uma_clinica_de_saude_para_mulheres..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/752/07_-_indicacao_no_008-2025_-_13-02_-_ver._pedro_-_criacao_de_centro_de_recuperacao_e_apoio_dependetes_quimicos..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/753/08_-_indicacao_no_001-2025_-_14-02_-_ver._fabricio_-_extensao_de_canteiro_central_avenida_pedro_marinao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/754/09_-_indicacao_no_002-2025_-_14-02_-_ver._fabricio_-__doacao_de_terreno_setor_portelinha..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/776/indicacao_no001-2025_-_24-02-2025a_construcao_creche_no_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/777/indicacao_no002-2025_24-02-2025_construcao_praca_publica_setor_portelinha.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/791/01_-_indicacao_no_009-2025_-_instalacao_de_quebra-molas_na_avenida_santa_luzia_19-02.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/792/02_-_indicacao_no_001-2025_-_implantacao_de_centros_de_fisioterapia_27-02.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/793/03_-_indicacao_no_003-2025_-_calcamento_do_parque_de_exposicoes_jose_damasceno_de_sa_27-02.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/812/indicacao_n_001-2025_pleitear_a_mudanca_do_atual_porte_i_para_ii_da_unid_hospitalar__vereador_antonio_neto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/813/indicacao_n_002-2025_aquisicao_de_uniformes_para_grupo_da_terceira_idade_nosso_municipio_vereador_marcos_catabriga.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/814/indicacao_n002-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/828/20-03_indicacao_no03-2025_indiva_a_divulgacao_da_biblioteca_virtual__portal_dominio_publico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/829/20-03_indicacao_no04-2025_indica_a_contratacao_de_medico_geriatra.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/830/20-03_indicacao_no05-2025_indica_que_seja_realizada_campanhas_de_prevencao_a_bronquiolite.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/831/21-03_indicacao_no003-2025_indica_a_construcao_espaco_coberto_de_lazer_no_centro_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/832/21-03_indicacao_no004-2025_indica_a_realizacao_de_obras_de_reformas_da_praca_central_do_pop_shopping.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/833/31-03_indicacao_no_002-2025_solicitando_a_implantacao_de_sinalizacao_viaria_na_rua_08__maranatha.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/840/ind._no015-2025_construcao_de_2_quiosques_de_alimentacao_na_praca.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/852/indicacao_no005-2025__indica_de_areas_no_municipios_para_elaboracao_e_futura_implementacao_de_projetos_hab..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/940/indicacoaao_07-2025_indica_a_construcoaao_instalacoaao_e_manutencoaao_de_melhorias_na_rampa_rio_to.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/941/indicacoaao_08-2025__indica_a_instalacoaao_de_bebedouros_de_augua_potauvel_destinada_ao_consumo_gratuito_populacoaao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/942/indicacoaao_n_003-2025_indica_que_seja_realizada_avaliacoaao_tecnica_das_condicooes_de_trbalho_da_casa_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/943/indicacoaao_n_006-2025_a_ampliacoaao_e_reforma_da_rotatouria_prouximo_estab_farol.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/944/indicacoaao_n002-2025_a_implantacoaao_de_um_centro_especializacoaao_em_reabilitacoaao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/945/indicacoaao_n_001-2025_a_realizacoaao_limpeza_remocoaao_de_entulhos_acumulados_nas_margens_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/946/indicacoaao_n_002-2025_providencie_a_extensaao_da_rede_de_abastecimento_de_agua_setor_canada.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/947/indicacoaao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/957/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1034/indicacoaao_n_007-2025_indica_recapeamento_da_rua_saao_joaaao_no_st._santo_afonso.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1035/indicacoaao_n_10-2025_indica_a_instalacoaao_de_iluminacoaao_publica_no_ponto_de_acesso_ao_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1312/indicacao_na004-2025_indica_construcao_de_um_patio_destinado_aos_estacionamento_de_caminhoneiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1320/indicacao__na_011-2025_indica_a_construcao_de_uma_praca_com_espaco_de_lazer_para_comunidade_portelinha.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1321/indicacao_na_012-2025_indica_a_costrucao_de_um_portal_na_entrada_do_setor_portelinha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1323/indicacao_no013-2025_indica_a_realizacao_de_programa_de_castracao_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/759/requerimento_no_001-2025_-_ver._gordo_-_construcao_de_praca_com_estacinamento_setor_aeroporto_ii..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/760/requerimento_no_002-2025_-_ver._gordo_-_recuperacao_asfaltica_rua_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/761/requerimento_no_003-2025_-_ver._gordo_-_recuperacao_asfaltica_rua_lindolfo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/762/requerimento_no_004-2025_-_ver._gordo_-_construcao_de_praca_e_academia_ao_ar_livre_setor_castanheira..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/795/requerimento_no_006-2025_-__calcamentos_nas_travesas_b_e_d.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/797/requerimento_no_007-2025_-_calcamento_na_travessa_01.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/863/req._no008-2025_requer_a_revitalizacao_da_rampa_do_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/958/req._n_009-2025__requer_a_instalacoaao_de_iluminacoaao_puublica_na_pracoa_lagoa_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1314/req._na_011-2025_requer_a_limpeza_geral_da_sede_da_agrovila__bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1385/req._na_013-2025_solicita_a_construcao_de_uma_praca_publica_com_academia_ao_ar_livre_agrovila_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1397/req._na_014-2025_requer_a_implantacao_de_pontos_de_onibus_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1434/req._na_01-2025_requer_a_criacao_da_casa_mun._de_acolhimento_institucional_para_criancas_e_adolecentes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1470/req._no02-2025_requer_que_viabilize_a_construcao_de_um_portal_na_entrada_do_distrito_de_porto_real.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/768/requerimento_no_002-2025_-_ver._coelho_-_construcao_de_ponte_corrego_lajeadinho.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/769/requerimento_no_003-2025_-_ver._coelho_-_construcao_de_ponte_corrego_grota_da_onca.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/781/requer._no004-2025_-_realizacao_serv_recuperacao_estrada_vicinais.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/782/requer._no005-2025_-_disponib_de_uma_pa_carregadeira_e_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/810/requerimento_n006-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/811/requerimento_n007-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/824/req._no_008-2025_requer_escoamento_das_aguas_pluviais_na_avenida_sousa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/825/req._no_009-2025_requer_a_ampliacao_da_galeria_de_agua_pluviais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/842/req._no012-2025_a_limpeza_do_setor_castanheiras.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/844/req._no013-2025_a_construcao_de_redutores_de_velocidade_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/845/req._no014-2025_a_extensao__da_rede_de_abastecimento_de_agua_lot_do_regino.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/854/req._no015-2025__a_recuperacao_o_levantamento_e_o_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/962/req._n_017-2025_requer_a_instalacoaao_de_uma_tela_de_protecoaao_em_frente_ao_campo_aldeinha.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/961/req._n018-2025_requer_retorno_e_reativacoaao_do_antigo_porto_de_embarcacoaao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1308/req._na_019-2025_requer_a_disponib._de_uma_retroescavadeira_para_regiao_do_rio_negro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1315/req._na_020-2025_requer_a_recuperacao_da_estrada_que_liga_o_trevo_da_agrovila_bom_tempo_a_ponte_do_sr._alcides_ramos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1316/req._na_021-2025_requer_que_seja_realizada_a_recuperacao_da_estrada_que_liga_a_cbpo__a_sede_da_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1319/req._na_022-2025_requer_a_realizacao_de_campeonato_esportivo_envolvendo_epuipes_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1335/requerimento_no_023-2025_-_solicitacao_de_maquinariso_fazenda_propriedade_do_vereador.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1357/req._no_024-2025_requer_o_envio_maquinarios_tais_como_patrol_pa_carregadeira_e_cacamba.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1355/req._na_025-2025_requer_a_disponibilizacao_de_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1358/req.na_026-2025_requer_o_envio_de_um_trator_para_realizacao_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1368/req._na027-2025_requer_a_disp._de_uma_grade_para_trator_com_a_finalidade_de_realizar_servicos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1382/req._na_028-2025_requer_o_envio_de_uma_cacamba_para_atender_a_demanda_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1394/req._na029-2025_requer_a_instalacao_de_placas_de_indentificacao_de_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1409/req._na_030-2025_requer_a_disponib._de_um_onibus_para_transporte_de_35_alunos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1440/req._na_031-2025_requer_a_construcao_de_redutores_de_velocidade_quebra_molas_na_rua_9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1441/req._na_032-2025_requer_a_construcao_de_dois_mata_burros_na_estrada_vicinal_entre_fazenda_parada_e_a_fazenda_netario.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1465/req.no033-2025_requer_a_realizacao_de_estudos_tecnicos_acerca_de_implantar_mao_unica_avenida_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1399/req._na_002-2025_requer_que_promova_uma_mobilizacao_educativa_por_meio_das_secretarias_mun._saude_ambiente_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/778/requer._no001-2025_-_execucao_servicos_terraplanagem_na_estrada.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/779/requer._no002-2025_-_disponib_de_trator_com_grade_para_gradeamento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/807/requerimento_n__003-2025_-_ver._mirneuton.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/823/req._no_004-2025_requer_a_realizacao_de_dervicos_terraplanagemreposicao_aterro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/834/req._no005-2025_requer_o_cascalhamento_da_estrada_q_da_acesso_a_chacara_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/997/req._n007-2025_a_instalacoaao_de_redutores_de_velocidades_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1341/req._na008-2025_requer_a_ligacao_da_rede_de_abastecimento_de_agua_nas_ruas_da_segunda_etapa_setor_uniao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1340/req._na009-2025_requer_o_concerto_imediato_da_cobertura_da_quadra_de_esportes_bruno_wericles.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1353/req._na_010-2025_requer_que_seja_realizada_a_construcao_de_uma_quadra_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1354/req._na_011-2025_requer_o_envio_maquinario_para_realizacao_de_servicos_de_terraplanagem.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1365/req._na_012-2025_requer_a_abertura_no_canteiro_central_da_avenida_no02_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1395/req._na013-2025_requer_a_disponib_de_um_trator_com_grade_para_gradeamento_de_2_alqueres.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1398/req._na_014-2025_requer_a_criacao_de_um_centro_de_atividades_complementares.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1468/req._na015-2025_requer_o_asfaltamento_em_torno_em_torno_da_praca_central_local._regiao_vila_mata_verde.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1469/req._no016-2025_requer_a_construcao_de_quebra_molas_em_frente_a_casa_da_senhora_albina.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/853/req._no002-2025__requer_a_disponibilizacao_de_caminha_o_pertecente_a_frota_mun..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/862/req._no003-2025_requer_que_faca_gestoes_junto_a_agencia_do_banco_bradesco.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1040/req._n004-2025__requer_a_disponib._de__maquinarios.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1313/req._na_005-2025_requer_o_cascalhamento_da_vias_do__setor_uniao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1344/req_na007-2025_requer_a_instalacao_de_quadro_automatico_no_sistema_de_abastecimento_de_agua_em_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1343/req_na008-2025_requer_a_disponibilizacao_de_uma_pa_carregadeira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1336/requerimento_no_009-2025_a_disponibilizacao_de_uma_cacamba_para_realizacao_de_servicos_essenciais_na_fazenda_ceu_azul.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1392/req._no010-2025_requer_a_disponibilizacao_de_transportesvam_da_secretaria_mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/763/requerimento_no_001-2025_-_ver._pedro_-_disponibilizacao_de_trator_para_beneficio_de_familias.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/764/requerimento_no_002-2025_-_ver._pedro_-_instalacao_de_iluminacao_publica_no_setor_canada..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/794/requerimento_no_003-2025_-__limpeza_vila_mata_verde.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/808/requerimento_n004-2025_vereador_pedro_belarmino.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/809/requerimento_n005-2025_vereador_pedro_belarmino.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/826/req._no007-2025_requer_a_relacao_detalhada_dos_medicamentos_fornecidos_secretaria_mun._saude.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/846/req._no014-2025_a_viabilidade_de_transformar_a_avenida_numeriano_b._de_castro_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/847/req._no015-2025_a_instalacao_de_2_lixeiras_na_passarela.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/855/req._no016-2025_requer_a_construcao_de_quiosques_no_espaco_publico.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/856/req._no017-2025_requer_a_contratacao_de_um_zelador_para_praca_e_quadra_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/864/req._no018-2025_a_realizacao_de_limpeza_e_constr._calcada_area_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/865/req._no019-2025_requer_que_estude_a_viabilidade_de_xriacao_da_guarda_mun..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/866/req._no020-2025_req._que_realize_gestoes_junto_ao_governocom_objetivo_de_liberar_areas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/867/req._no021-2025_requer_a_realizacao_estudo_tecnico_para_perfuracao_de_pocos..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/960/req._n_022-2025_requer_a_realizacoaao_de_um_estudo_para_adquirir_os_livros_do_lourivan_castro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/963/req._n_023-2025_a_instalacoao_forro_e_climatizacoaao_em_2_salas_de_aulas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1039/req._n_025-2025_requer_que_informe_a_esta_casa_de_leis_quais_acooesprojetos_ou_obras.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1041/req._n026-2025_requer_a_construcoaao_de_rampa_de_acesso_ao_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1309/req._no_027-2025_requer_a_criacao_de_monumento_em_homenagem_a_libertacao_dos_jegues.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1318/req._na_028-2025_requer_a_construcao_de_um_novo_reservatorio_de_agua_no_distrito_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1317/req._na029-2025_requer_a_disponibilizacao_de_um_carro_pipa_para_atender_familias_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1325/req._na030-2025_requer_a_recuperacao_da_ponte_sobre_corrego_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1337/req._na031-2025_req._a_construcao_de_calcamento_destinado_a_pedestres.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1367/req._na_032-2025_requer_a_disponibilizacao_de_um_onibus_para_transporte_de_30_alunos.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1386/req._na033-2025_requer_a_disponib._de_um_trator_agricula.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1410/req._na_034-2025_requer_a_revitalizacao_da_placa_localizada_em_frente_a_unidade_de_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1438/req_na035-2025_requer_por_intermedio_do_sisapa_a_instalacao_da_rede_agua_na_residencia_do_sr_jucivanio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1442/req._na_036-2025_requer_a_recuperacao_e_revitalizacao_da_quadra_de_esportes_nemesio_martins..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1443/req._na_037-2025_requer_o_patrolamento_e_a_recuperacao_da_estrada_que_compreende_o_trecho_entre_ponte_da_gameleira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/765/requerimento_no_001-2025_-_ver._romulo_-_instalacao_de_seguranca_viaria_na_avenida_mestre_bento..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/766/requerimento_no_002-2025_-_ver._romulo_-_instalacao_de_semaforos_nas_principais_avenidas_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/767/requerimento_no_003-2025_-_ver._romulo_envio_de_maquinas_para_realizacao_de_servicos_de_infraestrutura..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/780/requer._no004-2025_-_aquisicao_de_terreno_construcao_setor_industrial.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/783/requer._no005-2025_-_levant_poste_que_nessecitam_de_lampadas_na_zona_urbana_e_rural.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/800/req._n_006-2025__a_reforma_da_praca_maria_galvao_do_quiosque_e_da_estacao_digital__vereador_romulo_soares.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/804/req._n_007-2025__o_recapeamento_das_ruas_02_e_03_st_maria_galvao_vereador_romulo_soares.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/836/req._no_009-2025_requer_a_implantacao_de_uma_farmacia_basica_na_unid_basica_de_saude_ubs.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/835/req._no010-2025__requer_o_recapeamento_da_rua_jose_florencio_r._filho.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/843/req._no012-2025_que_faca_gestoes_junto_ao_senai.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/959/req._n_13-2025_requer_a_realizacoaao_de_multiraao_de_limpeza_na_zona_rural_e_urbana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1038/req._n_014-2025_requer_a_disponib_do_espacoo_do_novo_parque_de_exposicoaao_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1307/req._na_015-2025_requer_a_abertura_de_uma_via_publica_que_inicia_no_final_da_avenida_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1339/req._na016-2025_requer_que_realize_gestao_junto_ao_governo_do_estado_do_tocantins_a_construcao_posto_saude.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1338/req._na017-2025_requer_a_contratacao_de_um_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1369/req._no018-2025_requer_a_realizacao_de_estudo_de_viabilidade_para_instalacao_bercario.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1383/req._na019-2025_req._a_realizacao_de_estudo_de_viabilidade_para_avaliar_a_possibilidade_de_criacao_de_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1381/req._na_020-2025_requer_a_realizacao_de_um_multirao_de_limpeza_so_setor_aeroporto_2.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1436/req_na021-2025_requer_que_verifique_a_viab_de_constr._de_um_estacionamentona_praca_antonio_de_sousa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1437/req_na022-2025_requer_que_seja_incluida__no_projeto_da_orla_construida_na_praia_dunga_uma_sede_destinada_a_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1439/req._na_023-2025_requer_que_seja_realizado_um_estudo_de_estudo_de_viabilidade_tecnica_visando_a_construcao_de_um_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1466/req._no024-2025_requer_a_instalacao_de_dois_reservatorios_de_agua_no_setor_aeroporto_02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1467/req._no025-2025_requer_que_viabilize_a_abertura_de_um_campo_de_na_regiao_do_rio_negro.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/755/requerimento_no_001-2025_-_ver._fabricio_-_reforma_das_caixas_dagua_fixas..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/756/requerimento_no_002-2025_-_ver._fabricio_-_recuperacao_das_ruas_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/757/requerimento_no_003-2025_-_ver._fabricio_-_revitalizacao_do_cemiterio_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/758/requerimento._no_05-2025_-_ver._fabricio-_realizacao_de_canalizacao_das_aguas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/796/requerimento_no_006-2025_-_realizacao_de_vistoria_na_ponte_do_lageado_denominada_ponte_elton_valdir_schmitz_em_carater_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/803/req._n_007-2025__o_fechamento_da_avenida_mestre_bento_nos_domingos_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/805/req._n_08-2025__envio_de_uma_retroescavadeira_e_cacamba_realizar_servicos_chacara_trindade_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/806/req._n_10-2025__envio_de_maquinarios_ao_sr._josinei_bezerra_soares_e_familia_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/841/req._no011-2025__o_envio_de_maquinarios_na_fazenda_sr_sebastiao_caval_santiago.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1342/req._na_12-2025_requer_o_envio_dos_maquinarios_retroescavadeirapatrole_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1356/req._no_14-2025_requer_a_disponibilizacao_de_um_caminhao_para_o_transporte_de_6.000_telhas.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1366/req._na_15-2025_requer_providencias_quanto_a_organizacao_e_padronizacao_dos_boxes_da_feira_coberta_mun..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1396/req._na_17-2025_requer_o_envio_de_maquinario_tal_seja_a_retroescavadeira_para_chacara_paraiso.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1393/req._na18-2025_req._o_envio_de_uma_cacamba_e_maquina_retroescavadeira_para_fazenda_monte_alegre.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1433/req_na19-2025_requer_a_instalacao_de_placa_de_proibido_estacionar_na_av_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1435/req_na_20-2025_requer_o_alargamento_do_retorno_localizado_na_av_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/837/projeto_de_decreto_legislativo_no_001-2025_-_julgamneto_contas_consolidadas_poder_executivo_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/838/projeto_de_decreto_legislativo_no_002-2025_-_julgamneto_contas_consolidadas_poder_executivo_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/822/projeto_de_lei_complementar_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/770/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/771/projeto_de_resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/790/projeto_de_resolucao_no_003-2025_-_dispoe_sobre_a_reestruturacao_do_quadro_comissionado_da_camara_municipal_de_pedro_afonso_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/821/projeto_de_resolucao_no_004_de_17_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1031/projeto_de_resolucoaao_n01-2025_autoriza_a_mesa_diretora_da_camara_mun._de_pedro_afonso_-to_conceder_o_titulo_cidadaa_pedroafosina.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1037/projeto_de_resolucoaao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1075/projeto_de_resolucao_no_005-2025_-_regimento_interno_pedro_afonso_-_final.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1326/projeto_de_resolucao_no_003-2025_-_concede_titulo_de_cidadao_ao_depu._alexandre_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1334/projeto_de_resolucao_no003-2025_titulo_cidadao_maria_benedita_moraes.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1345/projeto_de_resolucao_no002-2025__tiulo_cidadao_jorge_pires.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1376/projeto_de_resolucao_na001-2025_concede_o_titulo_de_cidada_pedroafonsino_ao_senhor_edson_shultz_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1377/projeto_de_resolucao_na0001-2025_concede_titulo_de_cidada_pedroafonsino_ao_senhor_francisco_alberto_alves_barros.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1378/projeto_de_resolucao_na001-2025_concede_titulo_de_cidada_pedroafonsina_maria_de_fatima_camara.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1379/projeto_de_resolucao_na_002-2025_cria_no_ambito_da_camara_mun._de_pedro_afonso_a_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1384/resolucao_na016-2025_concede_titulo_cidadao_prdroafonsinoao_senhor_antonio_marcos_camara_catabriga.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1400/projeto_de_resolucao_na004-2025_dispoe_sobre_a_concessao_do_titulo_de_cidadao_pedroafonsino_antonio_ferreira_almeida_neto.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1411/projeto_de_resolucao_na004-2025__concede_o_titulo_de_cidada_pedro_afonsina_a_senhora_juma_marques_cardoso.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1430/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1431/projeto_de_resolucao_na006-2025_concede_o_titulo_de_cidadao_pedroafonsino_ao_sr._luan_natanael_nunes_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1432/projeto_de_resolucao_na007-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_josirene_maria_a._de_araujo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1463/projeto_de_resolucao_no_006-2025_-_atualizacao_auxilio_alimentacao_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1472/projeto_de_resolucao_no_004-2025_titulo_de_cidadao_hiromi.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1473/projeto_de_resolucao_no_002-2025_titulo_de_cidadao_vilmar_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1489/projeto_de_resolucao_na06_de_12_de_dezembro_de_2025_dispoe_sobre_a_atualizacao_dos_valores_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/732/autografo_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025._2.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/733/autografo_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/734/autografo_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso._2.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/735/autografo_de_lei_no_004-2205_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/736/autografo_de_lei_no_005-2025_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/737/autografo_de_lei_no_006-2025_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/738/autografo_de_lei_no_007-2025_-_dispoe_sobre_autorizacao_legislaiva_a_continuidade_da_denominada_secretaria_extraordinaria_para_resolucoes_de_problematicas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/784/autografo_de_lei_no_008-2025_institui_no_municipio_de_pedro_afonso-to_a_semana_da_cultura_catolica..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/785/autografo_de_lei_no_009-2025_-_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/786/autografo_de_lei_no_010-2025_-_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/798/autografo_de_lei_n011-2025_denominacao_da_praca_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/799/autografo_de_lei_n012-2025_instalacao_de_cameras_de_vigilancias.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/801/autografo_de_lei__no013-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/802/autografo_de_lei_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/820/autografo_de_lei__no015-2025_institui_programa_de_recuperacao_fiscal-refis_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/839/autografo_de_lei_no016-2025__semana_da_cidadania_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/848/autografo_de_lei_no017-2025_dia_mundial_de_concientizacao_sobre_a_neuromielite_optica.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/849/autografo_de_lei_no018-2025_altera_a_redacao_do_art._1o_da_lei_no0512017_de_17_de_novembro_do_ano_de_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/850/autografo_de_lei_no019-2025__revoga_o_2o_do_art._2o_da_lei_complementar_001-2025_refis.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/851/autografo_de_lei_no020-2025__dispoe_sobre_a_obrigatoriedade_do_poder_executivo_mun_adotar_provid._p_o_cumpr._das_normas_federais.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/857/autografo_de_lei_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/858/autografo_de_lei_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/868/autografo_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/869/autografo_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/870/autografo_de_lei_no025-2025..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/871/autografo_de_lei_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/872/autografo_de_lei_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/873/autografo_de_lei_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/905/autografo_de_lei_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/938/autografo_de_lei_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/939/autografo_de_lei_n031-2025_institui_o_prejeto.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1032/autougrafo_de_lei_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1310/autografo_de_lei_na_033-2025_dispoe_sobre_denominacao_da_escola_mun._de_anajanopolis_porto_real.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1311/autografo_de_lei_na_034-2025_autorizo_o_executivo_mun._a_receber_em_cessao_gratuita_de_uso_da_diocese_de_miracema.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1322/autografo_de_lei_na035-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1333/autografo_de_lei_na_036-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_nacional_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1371/autografo_de_lei_na_037-2025_dispoe_sobre_alteracao_do_nome_da_rua_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1390/autografo_de_lei_no038-2025_institui_o_programa_mun._de_transporte_solidario_de_saude_no_mun._pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1388/autografo_de_lei_na_039-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1389/autografo_de_lei_na_040-2025_autoriza_o_mun._de_pedro_afonso_estado_toc._a_permitir_a_servidao.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1414/autografo_de_lei_no041-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_de_saude__no_distrito_de_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1415/autografo_de_lei_na042-2025_dispoe_a_denominacao_de_via_publica_localizada_no_distrito_de_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1416/autografo_de_lei_na043-2025_altera_a_denominacao_da_rua_2_localizada_no_distrito_de_anajanopolis-porto_real.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1417/autografo_de_lei_na044-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1418/autografo_de_lei_na045-2025_dispoe_sobre_as_diretrizes_gerais_para_a_elaboracao_da_lei_orcamentaria_de_2026.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1419/autografo_de_lei_na046-2025_ementa__dispoe_sobre_estimativa_do_plano_plurianual_do_mun._de_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1420/autografo_de_lei_na047-2025_estima_a_receita_e_fixa_a_despesa_da_loa__-_lei_do_orcamento_anual_do_mun._de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1421/autografo_de_lei_na048-2025_dispoe_sobre_a_regularizacao_dominial_de_imoveis_ocupados_por_municipes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1422/autografo_de_lei_na049-2025_institui_o_programa_municipal_cidade_verde.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1458/autografo_de_lei_na050-2025_altera_a_lei_mun._na026-2019_pro_que_tange_a_inclusao_e_reajuste_salarial_da_classe_profissional..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1459/autografo_de_lei_na051-2025_dispoe_sobre_autorizacao_legisl_da_continuidade_da_denominada_secret_extraord_para_resolucoes_de_probl_pluviais.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1460/autografo_de_lei_na052-2025_ementa_altera_a_lei_na36-2025_para_inclui_os_arts._5a_-_a_5a_-_b_5a_-_c_e_5a_-_d.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1461/autografo_de_lei_na053-2025_inclui_dispositivo_no_codigo_tributario_mun.para_prever__o_imposto_sobre_bens_e_servicos__-_ibs.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1462/autografo_de_lei_na054-2025_dispoe_sobre_reajuste_na_estrutura_tarifaria_do_sistema_de_saneamento_e_aguas_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/727/projeto_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/728/projeto_de_lei_no_004-2025_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/729/projeto_de_lei_no_005-2024_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/730/projeto_de_lei_no_006-2024_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/731/projeto_de_lei_no_007-2025__dispoe_sobre_autorizacao_legislaiva_a_continuidade_da_denominada_secretaria_extraordinaria_para_resolucoes_de_problematicas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/788/projeto_de_lei_no_008-2025_dispoe_sobre_a_modificacao_da_estrutura_orgacional_do_pccr_da_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/789/projeto_de_lei_no_009-2025_-_projeto__de_lei_-_dispoe_sobre_a_modificacao_da_estrutura_orgacional_do_pccr_da_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/955/projeto_de_lei_n_011-2025_altera_a_denominacoaao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/950/projeto_de_lei_n_012-2025_altera_a_denominacoaao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/951/projeto_de_lei_n_014-2025_autoriza_o_poder_executivo_a_celebrar_convenio_com_federacoaao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/956/projeto_de_lei_n_015-2025_dispoe_sobre_denominacoaao_de_obra_puublica.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_016-2025_institui_o_projeto_cidadania_no_aembito_do_municipio_de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/952/projeto_de_lei_n_017-2025_institui_o_pagamento_do_incentivo_financeiro_por_desempenho_as_equipes_da_atencoaao_primaria_a_saude.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/953/projeto_de_lei_n_018-2025_dispoae_sobre_reajuste_por_data-base_aos_profissionais_do_quadro_geral_permante.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/954/projeto_de_lei_n_019-2025_dispoae_sobre_reajuste_por_data-base_aos_profissionais_do_quadro_permanente_da_saude.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1042/projeto_de_lei_no_020-2025_-_dispoe_sobre_autorizacao_ao_poder_executivo_a_celebracao_de_convenio_com_a_associacao_de_radiodifusao_vale_do_to_-_fm.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1346/projeto_de_lei_na023-2025_prorroga_ate_31_de_zembro_de_2026_a_vigencia_do_plano_nac._educacao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_024-2025_-_lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1428/projeto_de_lei_no_25-2025_-_ementa._dispoe_sobre_estimativa_do_plano_plurianal_do_municipio_de_pedro_afonso-to..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1429/projeto_de_lei_no_026-2025_-_estima_a_receita_e_fixa_a_despesa_da_loa_-_lei_do_orcamento_anual_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1401/projeto_de_lei_na027-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1408/projeto_de_lei_na028-2025_autoriza_o_municipio_de_pedro_afonso_-_estado_tocantins_a_permitir_a_servidao.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1474/projeto_de_lei_no_029-2025_regularizacao_dominal_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1484/projeto_de_lei_na030-2025_altera_a_lei_mun._na026-2019pro_que_tange_a_inclusao_e_reajuste_salarial_da_classe_profissional..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1485/projeto_de_lei_na031-2025_dispoe_sobre_autorizacao_legisl_da_continuidade_da_denominada_secret_extraord_para_resolucoes_de_probl_pluviais.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1486/projeto_de_lei_na032-2025_ementa_altera_a_lei_na36-2025_para_inclui_os_arts._5a_-_a_5a_-_b_5a_-_c_e_5a_-_d.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1487/projeto_de_lei_na33-2025_inclui_dispositivo_no_codigo_tributario_mun.para_prever__o_imposto_sobre_bens_e_servicos__-_ibs.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1488/projeto_de_lei_no_34-2025_-_dispoe_sobre_reajuste_na_estrutura_tarifaria_do_sistema_de_sanemento_e_aguas_de_pedro_afonso-to..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/772/edital_de_convocacao_no_001-2025_-_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/775/errata_-_edital_de_convocacao_-_extraordinaria1_-_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/773/edital_de_convocacao_no_002-2025_-_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/774/edita_de_convocacao_sessao_extra_002-2025_-_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/787/edital_de_convoacao_-_sessao_extraordinaria_003-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/948/edital_de_convocacao_sessao_extraordinaria__na_004-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1033/edital_de_convocacoaao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1391/edital_de_convocacao_sessao_extraordinaria_na07-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1457/convocacao_extraordinaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1481/edital_de_convocacao_sessao_extraordinaria_na08-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/815/projeto_de_lei_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/818/projeto_lei_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/819/projeto_lei_n01-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/860/projeto_de_lei_no_003-2025_dispoe_sobre_o_programa_servidor_amigo_do_autista.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/861/projeto_de_lei_no_004-2025__institui_o_selo_escola_amiga_do_autista.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/949/projeto_de_lei_n_001-2025_concede_o_titulo_de_utilidade_publica_mun._a_associacoaao_ipb.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1324/projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1380/projeto_de_lei_na004-2025_dispoe_sobre_a_alteracao_do_nome_da_rua_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1402/projeto_de_lei_na_002-2025_institui_o_programa_mun._de_transporte_solidario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1424/projeto_de_lei_na003-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_saude_distrito_agrovila.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1425/projeto_de_lei_na005-2025_altera_a_denominacao_da_rua_2localizada_no_distrito_de_anajanopolis__porto_real.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1426/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1427/projeto_de_lei_na006-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1482/projeto_de_lei_na_004-2025_institui_o_programa_mun._cidade_verde.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1471/proposta_de_emenda_modifciativa_-_regimento_interno_compressed.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/827/mocao_de_aplausos_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1331/mocao_de_aplausos_na002-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/859/mocao_de_aplausos_no003-2025_ao_jovem_atleta_joao_vitor__fortuna_basso.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/998/mocoaao_de_aplausos_n_001-2025_-_concede_mocoaao_de_aplausos_ao_senhor_martinho_lino..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1332/mocao_de_aplausos_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1387/mocao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1412/mocao_aplausos_na004-2025_concede_mocao_de_aplausos_ao_conselheiro_dr._andre_matos.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1413/mocao_de_aplausos_na005-2025_concede_mocao_de_aplausos_ao_dr._vinicius_pires__cardiologista.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/739/parecer_da_comissao_provisaria_reunida_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/740/parecer_da_comissao_provisaria_reunida_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/741/parecer_da_comissao_provisoria_reunida_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso._2.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/742/parecer_da_comissao_provisoria_reunida_no_004-2205_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/743/parecer_da_comissao_provisoria_reunida_no_005-2025_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/744/parecer_da_comissao_provisoria_reunida_no_006-2025_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/745/parecer_da_comissao_provisaria_reunida_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1328/parecer_comissao_sobre_projeto_de_lei_021-2025_-_dispoe_sobre_a_denominacao_de_da_escola_mun._de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1329/parecer_comissao_sobre_projeto_de_lei_no_022-2025_autorizo_o_executivo_mun._a_receber_em_cessao_gratuita_de_uso..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1330/parecer_da_comissao_sobre_proje._resolucao_no_001-2025_-_titulo_de_cidadao_pedroafonsino_albino_mazzola.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1327/parecer_comissao_sobre_mocao_de_aplausos_no_003-2025_concede_mocao_de_aplausos_ao_jornalista_fred_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1348/parecer_de_comissao__parecer_na042-2025_projeto_de_resolucao_002-2025_concede_titulo_cidadao_pedroafonsino_a_srjorge_pires_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1347/parecer_de_comissao__parecer_na043-2025_projeto_de_resolucao_003-2025_concede_titulo_cidada_pedroafonsina_a_sr_maria_benedita_morais.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1349/parecer_da_comissao_de_constituicao_justica_e_redacao_sobre_projeto_de_resolucao_na003-2025_parecer_na044-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1360/parecer_de_comissao__parecer_na045-2025_projeto_de_resolucao_na_003-2025_.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1351/parecer_da_comissao__na046-2025_mocao_de_aplausos_001-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1350/parecer_da_comissao_de_constituicao_justica_e_redacao_sobre_mocao_aplausos_na002-2025_parecer_na047-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1362/parecer_de_comissao__parecer_na_049-2025_mensagem_de_veto_na003-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1361/parecer_de_comissao__parecer_na_050-2025_projeto_de_resolucao_na_002-2025_.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1359/parecer_de_comissao__parecer_na051-2025_projeto_de_resolucao_na_003-2025_.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1372/parecer_de_comissao__parecer_na052-2025_mocao_aplausos_na004-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1373/parecer_de_comissao__parecer_na054-2025_projeto_de_lei_na004-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1374/parecer_de_comissao__parecer_na055-2025_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1375/parecer_de_comissao__parecer_na056-2025_projeto_resolucao_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1403/parecer_da_comissao_ref_projeto_de_lei_na002-2025_parecer_057-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1404/parecer_da_comissao_ref_projeto_de_lei_na001-2025_parecer_058-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1405/parecer_da_comissao_ref_projeto_de_resolucao_na004-2025_parecer_059-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1406/parecer_da_comissao_ref_projeto_de_lei_na027-2025_parecer_060-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1407/parecer_da_comissao_ref_projeto_de_lei_na028-2025_parecer_061-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1423/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na003-2025__parecer_na064-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1444/parecer_da_comissao_sobre_projeto_de_resolucao_na004-2025_parecer_na068-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1445/parecer_da_comissao_sobre_mocao_aplausos_na005-2025_parecer_na070-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1446/parecer_da_comissao_sobre_mocao_aplausos_na004-2025_parecer_na069-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1447/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na005-2025__parecer_na066-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1448/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na006-2025__parecer_na072-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1449/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na024-2025__parecer_na073-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1450/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na025-2025__parecer_na074-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1451/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na005-2025__parecer_na076-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1452/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na006-2025__parecer_na077-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1453/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na007-2025__parecer_na078-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1454/parecer_da_comissao_sobre_projeto_de_lei_na026-2025_parecer_075-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1455/parecer_da_comissao_sobre_projeto_de_lei_na005-2025_parecer_na071-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1475/parecer_no_057-2025_projeto_de_lei_no_002-2025_programa_municipal_transporte_solidario_-_ver._marquim.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1476/parecer_comissao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1477/parecer_comissao_n_067-2025_titulo_de_cidadao_vilmar_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1478/parecer_comissao_n_079-2025_mensagem_de_veto_no_004-2025_programa_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1479/parecer_comissao_no_80-2025_ref._projeto_de_lei_no_029-2025_regularizacao_dominal_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1480/parecer_comissao_n_084-2025_-_titulo_de_cidadao_hiromi.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1483/parecer_da_comissao_sobre_projeto_de_lei_na004-2025_parecer_na083-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1490/parecer_da_comissao_sobre_projeto_de_resolucao_na06-2025_parecer_na090-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1491/parecer_da_comissao_sobre_projeto_de_lei_na034-2025_parecer_na089-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1492/parecer_da_comissao_sobre_projeto_de_lei_na030-2025_parecer_na085-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1493/parecer_da_comissao_sobre_projeto_de_lei_na031-2025_parecer_na086-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1494/parecer_da_comissao_sobre_projeto_de_lei_na032-2025_parecer_na087-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1495/parecer_da_comissao_sobre_projeto_de_lei_na033-2025_parecer_na088-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1370/oficio_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/816/projeto_de_lei_n_002-2025_-_altera_o_nome_da_rua_09..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1364/oficio_cm-gb_na246-2025_comunicacao_sobre_manutencao_do_veto_total_na_03-2025_ao_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1363/mensagem_de_veto_no003-2025_ao_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1464/mensagem_de_veto_no_004-2025_programa_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1456/proposta_de_emenda_a_lei_organica_no_1_de_15_de_novembro_de_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H330"/>
+  <dimension ref="A1:H382"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="61.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="218.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -3912,7239 +4230,8585 @@
       </c>
       <c r="B53">
         <v>2025</v>
       </c>
       <c r="C53">
         <v>1</v>
       </c>
       <c r="D53" t="s">
         <v>98</v>
       </c>
       <c r="E53" t="s">
         <v>122</v>
       </c>
       <c r="F53" t="s">
         <v>43</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>123</v>
       </c>
       <c r="H53" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54">
-        <v>768</v>
+        <v>1470</v>
       </c>
       <c r="B54">
         <v>2025</v>
       </c>
       <c r="C54">
         <v>2</v>
       </c>
       <c r="D54" t="s">
         <v>98</v>
       </c>
       <c r="E54" t="s">
+        <v>122</v>
+      </c>
+      <c r="F54" t="s">
+        <v>43</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="F54" t="s">
+      <c r="H54" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55">
-        <v>769</v>
+        <v>768</v>
       </c>
       <c r="B55">
         <v>2025</v>
       </c>
       <c r="C55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D55" t="s">
         <v>98</v>
       </c>
       <c r="E55" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F55" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G55" s="1" t="s">
         <v>129</v>
       </c>
       <c r="H55" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56">
-        <v>781</v>
+        <v>769</v>
       </c>
       <c r="B56">
         <v>2025</v>
       </c>
       <c r="C56">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D56" t="s">
         <v>98</v>
       </c>
       <c r="E56" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F56" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H56" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57">
-        <v>782</v>
+        <v>781</v>
       </c>
       <c r="B57">
         <v>2025</v>
       </c>
       <c r="C57">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D57" t="s">
         <v>98</v>
       </c>
       <c r="E57" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F57" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>133</v>
       </c>
       <c r="H57" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
-        <v>810</v>
+        <v>782</v>
       </c>
       <c r="B58">
         <v>2025</v>
       </c>
       <c r="C58">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D58" t="s">
         <v>98</v>
       </c>
       <c r="E58" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F58" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H58" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="B59">
         <v>2025</v>
       </c>
       <c r="C59">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D59" t="s">
         <v>98</v>
       </c>
       <c r="E59" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F59" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>137</v>
       </c>
       <c r="H59" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
-        <v>824</v>
+        <v>811</v>
       </c>
       <c r="B60">
         <v>2025</v>
       </c>
       <c r="C60">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D60" t="s">
         <v>98</v>
       </c>
       <c r="E60" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F60" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>139</v>
       </c>
       <c r="H60" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
-        <v>825</v>
+        <v>824</v>
       </c>
       <c r="B61">
         <v>2025</v>
       </c>
       <c r="C61">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D61" t="s">
         <v>98</v>
       </c>
       <c r="E61" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F61" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>141</v>
       </c>
       <c r="H61" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
-        <v>842</v>
+        <v>825</v>
       </c>
       <c r="B62">
         <v>2025</v>
       </c>
       <c r="C62">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D62" t="s">
         <v>98</v>
       </c>
       <c r="E62" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F62" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>143</v>
       </c>
       <c r="H62" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63">
-        <v>844</v>
+        <v>842</v>
       </c>
       <c r="B63">
         <v>2025</v>
       </c>
       <c r="C63">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D63" t="s">
         <v>98</v>
       </c>
       <c r="E63" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F63" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>145</v>
       </c>
       <c r="H63" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64">
-        <v>845</v>
+        <v>844</v>
       </c>
       <c r="B64">
         <v>2025</v>
       </c>
       <c r="C64">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>98</v>
       </c>
       <c r="E64" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F64" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>147</v>
       </c>
       <c r="H64" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
-        <v>854</v>
+        <v>845</v>
       </c>
       <c r="B65">
         <v>2025</v>
       </c>
       <c r="C65">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D65" t="s">
         <v>98</v>
       </c>
       <c r="E65" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F65" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>149</v>
       </c>
       <c r="H65" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
-        <v>962</v>
+        <v>854</v>
       </c>
       <c r="B66">
         <v>2025</v>
       </c>
       <c r="C66">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>98</v>
       </c>
       <c r="E66" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F66" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G66" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H66" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B67">
         <v>2025</v>
       </c>
       <c r="C67">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D67" t="s">
         <v>98</v>
       </c>
       <c r="E67" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F67" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G67" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H67" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
-        <v>1308</v>
+        <v>961</v>
       </c>
       <c r="B68">
         <v>2025</v>
       </c>
       <c r="C68">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D68" t="s">
         <v>98</v>
       </c>
       <c r="E68" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F68" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H68" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
-        <v>1315</v>
+        <v>1308</v>
       </c>
       <c r="B69">
         <v>2025</v>
       </c>
       <c r="C69">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D69" t="s">
         <v>98</v>
       </c>
       <c r="E69" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F69" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>157</v>
       </c>
       <c r="H69" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
-        <v>1316</v>
+        <v>1315</v>
       </c>
       <c r="B70">
         <v>2025</v>
       </c>
       <c r="C70">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>98</v>
       </c>
       <c r="E70" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F70" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>159</v>
       </c>
       <c r="H70" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
-        <v>1319</v>
+        <v>1316</v>
       </c>
       <c r="B71">
         <v>2025</v>
       </c>
       <c r="C71">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D71" t="s">
         <v>98</v>
       </c>
       <c r="E71" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F71" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>161</v>
       </c>
       <c r="H71" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
-        <v>1335</v>
+        <v>1319</v>
       </c>
       <c r="B72">
         <v>2025</v>
       </c>
       <c r="C72">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D72" t="s">
         <v>98</v>
       </c>
       <c r="E72" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F72" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>163</v>
       </c>
       <c r="H72" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
-        <v>1357</v>
+        <v>1335</v>
       </c>
       <c r="B73">
         <v>2025</v>
       </c>
       <c r="C73">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D73" t="s">
         <v>98</v>
       </c>
       <c r="E73" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F73" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>165</v>
       </c>
       <c r="H73" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
-        <v>1355</v>
+        <v>1357</v>
       </c>
       <c r="B74">
         <v>2025</v>
       </c>
       <c r="C74">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D74" t="s">
         <v>98</v>
       </c>
       <c r="E74" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F74" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>167</v>
       </c>
       <c r="H74" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
-        <v>1358</v>
+        <v>1355</v>
       </c>
       <c r="B75">
         <v>2025</v>
       </c>
       <c r="C75">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>98</v>
       </c>
       <c r="E75" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F75" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>169</v>
       </c>
       <c r="H75" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
-        <v>1368</v>
+        <v>1358</v>
       </c>
       <c r="B76">
         <v>2025</v>
       </c>
       <c r="C76">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D76" t="s">
         <v>98</v>
       </c>
       <c r="E76" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F76" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G76" s="1" t="s">
         <v>171</v>
       </c>
       <c r="H76" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
-        <v>1382</v>
+        <v>1368</v>
       </c>
       <c r="B77">
         <v>2025</v>
       </c>
       <c r="C77">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D77" t="s">
         <v>98</v>
       </c>
       <c r="E77" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F77" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>173</v>
       </c>
       <c r="H77" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
-        <v>1394</v>
+        <v>1382</v>
       </c>
       <c r="B78">
         <v>2025</v>
       </c>
       <c r="C78">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D78" t="s">
         <v>98</v>
       </c>
       <c r="E78" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F78" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G78" s="1" t="s">
         <v>175</v>
       </c>
       <c r="H78" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
-        <v>1409</v>
+        <v>1394</v>
       </c>
       <c r="B79">
         <v>2025</v>
       </c>
       <c r="C79">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D79" t="s">
         <v>98</v>
       </c>
       <c r="E79" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F79" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G79" s="1" t="s">
         <v>177</v>
       </c>
       <c r="H79" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
-        <v>1440</v>
+        <v>1409</v>
       </c>
       <c r="B80">
         <v>2025</v>
       </c>
       <c r="C80">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D80" t="s">
         <v>98</v>
       </c>
       <c r="E80" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F80" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>179</v>
       </c>
       <c r="H80" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
-        <v>1441</v>
+        <v>1440</v>
       </c>
       <c r="B81">
         <v>2025</v>
       </c>
       <c r="C81">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D81" t="s">
         <v>98</v>
       </c>
       <c r="E81" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F81" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>181</v>
       </c>
       <c r="H81" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
-        <v>1399</v>
+        <v>1441</v>
       </c>
       <c r="B82">
         <v>2025</v>
       </c>
       <c r="C82">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="D82" t="s">
         <v>98</v>
       </c>
       <c r="E82" t="s">
+        <v>127</v>
+      </c>
+      <c r="F82" t="s">
+        <v>128</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
-        <v>778</v>
+        <v>1465</v>
       </c>
       <c r="B83">
         <v>2025</v>
       </c>
       <c r="C83">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="D83" t="s">
         <v>98</v>
       </c>
       <c r="E83" t="s">
+        <v>127</v>
+      </c>
+      <c r="F83" t="s">
+        <v>128</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="H83" t="s">
         <v>186</v>
-      </c>
-[...7 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
-        <v>779</v>
+        <v>1399</v>
       </c>
       <c r="B84">
         <v>2025</v>
       </c>
       <c r="C84">
         <v>2</v>
       </c>
       <c r="D84" t="s">
         <v>98</v>
       </c>
       <c r="E84" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="F84" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="G84" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="H84" t="s">
         <v>189</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
-        <v>807</v>
+        <v>778</v>
       </c>
       <c r="B85">
         <v>2025</v>
       </c>
       <c r="C85">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D85" t="s">
         <v>98</v>
       </c>
       <c r="E85" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F85" t="s">
         <v>77</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>191</v>
       </c>
       <c r="H85" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
-        <v>823</v>
+        <v>779</v>
       </c>
       <c r="B86">
         <v>2025</v>
       </c>
       <c r="C86">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D86" t="s">
         <v>98</v>
       </c>
       <c r="E86" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F86" t="s">
         <v>77</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>193</v>
       </c>
       <c r="H86" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
-        <v>834</v>
+        <v>807</v>
       </c>
       <c r="B87">
         <v>2025</v>
       </c>
       <c r="C87">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D87" t="s">
         <v>98</v>
       </c>
       <c r="E87" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F87" t="s">
         <v>77</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>195</v>
       </c>
       <c r="H87" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
-        <v>997</v>
+        <v>823</v>
       </c>
       <c r="B88">
         <v>2025</v>
       </c>
       <c r="C88">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D88" t="s">
         <v>98</v>
       </c>
       <c r="E88" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F88" t="s">
         <v>77</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>197</v>
       </c>
       <c r="H88" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
-        <v>1341</v>
+        <v>834</v>
       </c>
       <c r="B89">
         <v>2025</v>
       </c>
       <c r="C89">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D89" t="s">
         <v>98</v>
       </c>
       <c r="E89" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F89" t="s">
         <v>77</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>199</v>
       </c>
       <c r="H89" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
-        <v>1340</v>
+        <v>997</v>
       </c>
       <c r="B90">
         <v>2025</v>
       </c>
       <c r="C90">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D90" t="s">
         <v>98</v>
       </c>
       <c r="E90" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F90" t="s">
         <v>77</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>201</v>
       </c>
       <c r="H90" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
-        <v>1353</v>
+        <v>1341</v>
       </c>
       <c r="B91">
         <v>2025</v>
       </c>
       <c r="C91">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D91" t="s">
         <v>98</v>
       </c>
       <c r="E91" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F91" t="s">
         <v>77</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H91" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
-        <v>1354</v>
+        <v>1340</v>
       </c>
       <c r="B92">
         <v>2025</v>
       </c>
       <c r="C92">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D92" t="s">
         <v>98</v>
       </c>
       <c r="E92" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F92" t="s">
         <v>77</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>205</v>
       </c>
       <c r="H92" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
-        <v>1365</v>
+        <v>1353</v>
       </c>
       <c r="B93">
         <v>2025</v>
       </c>
       <c r="C93">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D93" t="s">
         <v>98</v>
       </c>
       <c r="E93" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F93" t="s">
         <v>77</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H93" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
-        <v>1395</v>
+        <v>1354</v>
       </c>
       <c r="B94">
         <v>2025</v>
       </c>
       <c r="C94">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>98</v>
       </c>
       <c r="E94" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F94" t="s">
         <v>77</v>
       </c>
       <c r="G94" s="1" t="s">
         <v>209</v>
       </c>
       <c r="H94" t="s">
         <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
-        <v>1398</v>
+        <v>1365</v>
       </c>
       <c r="B95">
         <v>2025</v>
       </c>
       <c r="C95">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="D95" t="s">
         <v>98</v>
       </c>
       <c r="E95" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="F95" t="s">
         <v>77</v>
       </c>
       <c r="G95" s="1" t="s">
         <v>211</v>
       </c>
       <c r="H95" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
-        <v>853</v>
+        <v>1395</v>
       </c>
       <c r="B96">
         <v>2025</v>
       </c>
       <c r="C96">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D96" t="s">
         <v>98</v>
       </c>
       <c r="E96" t="s">
+        <v>190</v>
+      </c>
+      <c r="F96" t="s">
+        <v>77</v>
+      </c>
+      <c r="G96" s="1" t="s">
         <v>213</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" s="1" t="s">
+      <c r="H96" t="s">
         <v>214</v>
-      </c>
-[...1 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
-        <v>862</v>
+        <v>1398</v>
       </c>
       <c r="B97">
         <v>2025</v>
       </c>
       <c r="C97">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D97" t="s">
         <v>98</v>
       </c>
       <c r="E97" t="s">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="F97" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="G97" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H97" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
-        <v>1040</v>
+        <v>1468</v>
       </c>
       <c r="B98">
         <v>2025</v>
       </c>
       <c r="C98">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D98" t="s">
         <v>98</v>
       </c>
       <c r="E98" t="s">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="F98" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="G98" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H98" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
-        <v>1313</v>
+        <v>1469</v>
       </c>
       <c r="B99">
         <v>2025</v>
       </c>
       <c r="C99">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D99" t="s">
         <v>98</v>
       </c>
       <c r="E99" t="s">
-        <v>213</v>
+        <v>190</v>
       </c>
       <c r="F99" t="s">
-        <v>10</v>
+        <v>77</v>
       </c>
       <c r="G99" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H99" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
-        <v>1344</v>
+        <v>853</v>
       </c>
       <c r="B100">
         <v>2025</v>
       </c>
       <c r="C100">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D100" t="s">
         <v>98</v>
       </c>
       <c r="E100" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="F100" t="s">
         <v>10</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>222</v>
       </c>
       <c r="H100" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
-        <v>1343</v>
+        <v>862</v>
       </c>
       <c r="B101">
         <v>2025</v>
       </c>
       <c r="C101">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D101" t="s">
         <v>98</v>
       </c>
       <c r="E101" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="F101" t="s">
         <v>10</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>224</v>
       </c>
       <c r="H101" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
-        <v>1336</v>
+        <v>1040</v>
       </c>
       <c r="B102">
         <v>2025</v>
       </c>
       <c r="C102">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D102" t="s">
         <v>98</v>
       </c>
       <c r="E102" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="F102" t="s">
         <v>10</v>
       </c>
       <c r="G102" s="1" t="s">
         <v>226</v>
       </c>
       <c r="H102" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
-        <v>1392</v>
+        <v>1313</v>
       </c>
       <c r="B103">
         <v>2025</v>
       </c>
       <c r="C103">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D103" t="s">
         <v>98</v>
       </c>
       <c r="E103" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="F103" t="s">
         <v>10</v>
       </c>
       <c r="G103" s="1" t="s">
         <v>228</v>
       </c>
       <c r="H103" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
-        <v>763</v>
+        <v>1344</v>
       </c>
       <c r="B104">
         <v>2025</v>
       </c>
       <c r="C104">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D104" t="s">
         <v>98</v>
       </c>
       <c r="E104" t="s">
+        <v>221</v>
+      </c>
+      <c r="F104" t="s">
+        <v>10</v>
+      </c>
+      <c r="G104" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" s="1" t="s">
+      <c r="H104" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
-        <v>764</v>
+        <v>1343</v>
       </c>
       <c r="B105">
         <v>2025</v>
       </c>
       <c r="C105">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D105" t="s">
         <v>98</v>
       </c>
       <c r="E105" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G105" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H105" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
-        <v>794</v>
+        <v>1336</v>
       </c>
       <c r="B106">
         <v>2025</v>
       </c>
       <c r="C106">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D106" t="s">
         <v>98</v>
       </c>
       <c r="E106" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G106" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="H106" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
-        <v>808</v>
+        <v>1392</v>
       </c>
       <c r="B107">
         <v>2025</v>
       </c>
       <c r="C107">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D107" t="s">
         <v>98</v>
       </c>
       <c r="E107" t="s">
-        <v>230</v>
+        <v>221</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G107" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="H107" t="s">
         <v>237</v>
-      </c>
-[...1 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
-        <v>809</v>
+        <v>763</v>
       </c>
       <c r="B108">
         <v>2025</v>
       </c>
       <c r="C108">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D108" t="s">
         <v>98</v>
       </c>
       <c r="E108" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>239</v>
       </c>
       <c r="H108" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
-        <v>826</v>
+        <v>764</v>
       </c>
       <c r="B109">
         <v>2025</v>
       </c>
       <c r="C109">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D109" t="s">
         <v>98</v>
       </c>
       <c r="E109" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>241</v>
       </c>
       <c r="H109" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
-        <v>846</v>
+        <v>794</v>
       </c>
       <c r="B110">
         <v>2025</v>
       </c>
       <c r="C110">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="D110" t="s">
         <v>98</v>
       </c>
       <c r="E110" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>243</v>
       </c>
       <c r="H110" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
-        <v>847</v>
+        <v>808</v>
       </c>
       <c r="B111">
         <v>2025</v>
       </c>
       <c r="C111">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D111" t="s">
         <v>98</v>
       </c>
       <c r="E111" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>245</v>
       </c>
       <c r="H111" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
-        <v>855</v>
+        <v>809</v>
       </c>
       <c r="B112">
         <v>2025</v>
       </c>
       <c r="C112">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D112" t="s">
         <v>98</v>
       </c>
       <c r="E112" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>247</v>
       </c>
       <c r="H112" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
-        <v>856</v>
+        <v>826</v>
       </c>
       <c r="B113">
         <v>2025</v>
       </c>
       <c r="C113">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D113" t="s">
         <v>98</v>
       </c>
       <c r="E113" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>249</v>
       </c>
       <c r="H113" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
-        <v>864</v>
+        <v>846</v>
       </c>
       <c r="B114">
         <v>2025</v>
       </c>
       <c r="C114">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D114" t="s">
         <v>98</v>
       </c>
       <c r="E114" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H114" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
-        <v>865</v>
+        <v>847</v>
       </c>
       <c r="B115">
         <v>2025</v>
       </c>
       <c r="C115">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D115" t="s">
         <v>98</v>
       </c>
       <c r="E115" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>253</v>
       </c>
       <c r="H115" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
-        <v>866</v>
+        <v>855</v>
       </c>
       <c r="B116">
         <v>2025</v>
       </c>
       <c r="C116">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D116" t="s">
         <v>98</v>
       </c>
       <c r="E116" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>255</v>
       </c>
       <c r="H116" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
-        <v>867</v>
+        <v>856</v>
       </c>
       <c r="B117">
         <v>2025</v>
       </c>
       <c r="C117">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D117" t="s">
         <v>98</v>
       </c>
       <c r="E117" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>257</v>
       </c>
       <c r="H117" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
-        <v>960</v>
+        <v>864</v>
       </c>
       <c r="B118">
         <v>2025</v>
       </c>
       <c r="C118">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D118" t="s">
         <v>98</v>
       </c>
       <c r="E118" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>259</v>
       </c>
       <c r="H118" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
-        <v>963</v>
+        <v>865</v>
       </c>
       <c r="B119">
         <v>2025</v>
       </c>
       <c r="C119">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D119" t="s">
         <v>98</v>
       </c>
       <c r="E119" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>261</v>
       </c>
       <c r="H119" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
-        <v>964</v>
+        <v>866</v>
       </c>
       <c r="B120">
         <v>2025</v>
       </c>
       <c r="C120">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>98</v>
       </c>
       <c r="E120" t="s">
-        <v>230</v>
+        <v>238</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>263</v>
       </c>
       <c r="H120" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
-        <v>1039</v>
+        <v>867</v>
       </c>
       <c r="B121">
         <v>2025</v>
       </c>
       <c r="C121">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D121" t="s">
         <v>98</v>
       </c>
       <c r="E121" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>265</v>
       </c>
       <c r="H121" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
-        <v>1041</v>
+        <v>960</v>
       </c>
       <c r="B122">
         <v>2025</v>
       </c>
       <c r="C122">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D122" t="s">
         <v>98</v>
       </c>
       <c r="E122" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>267</v>
       </c>
       <c r="H122" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
-        <v>1309</v>
+        <v>963</v>
       </c>
       <c r="B123">
         <v>2025</v>
       </c>
       <c r="C123">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D123" t="s">
         <v>98</v>
       </c>
       <c r="E123" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>269</v>
       </c>
       <c r="H123" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
-        <v>1318</v>
+        <v>964</v>
       </c>
       <c r="B124">
         <v>2025</v>
       </c>
       <c r="C124">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D124" t="s">
         <v>98</v>
       </c>
       <c r="E124" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>238</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>271</v>
       </c>
       <c r="H124" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
-        <v>1317</v>
+        <v>1039</v>
       </c>
       <c r="B125">
         <v>2025</v>
       </c>
       <c r="C125">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>98</v>
       </c>
       <c r="E125" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>273</v>
       </c>
       <c r="H125" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
-        <v>1325</v>
+        <v>1041</v>
       </c>
       <c r="B126">
         <v>2025</v>
       </c>
       <c r="C126">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D126" t="s">
         <v>98</v>
       </c>
       <c r="E126" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>275</v>
       </c>
       <c r="H126" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
-        <v>1337</v>
+        <v>1309</v>
       </c>
       <c r="B127">
         <v>2025</v>
       </c>
       <c r="C127">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D127" t="s">
         <v>98</v>
       </c>
       <c r="E127" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>277</v>
       </c>
       <c r="H127" t="s">
         <v>278</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
-        <v>1367</v>
+        <v>1318</v>
       </c>
       <c r="B128">
         <v>2025</v>
       </c>
       <c r="C128">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="D128" t="s">
         <v>98</v>
       </c>
       <c r="E128" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>279</v>
       </c>
       <c r="H128" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
-        <v>1386</v>
+        <v>1317</v>
       </c>
       <c r="B129">
         <v>2025</v>
       </c>
       <c r="C129">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D129" t="s">
         <v>98</v>
       </c>
       <c r="E129" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>281</v>
       </c>
       <c r="H129" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
-        <v>1410</v>
+        <v>1325</v>
       </c>
       <c r="B130">
         <v>2025</v>
       </c>
       <c r="C130">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D130" t="s">
         <v>98</v>
       </c>
       <c r="E130" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>283</v>
       </c>
       <c r="H130" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
-        <v>1438</v>
+        <v>1337</v>
       </c>
       <c r="B131">
         <v>2025</v>
       </c>
       <c r="C131">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="D131" t="s">
         <v>98</v>
       </c>
       <c r="E131" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H131" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
-        <v>1442</v>
+        <v>1367</v>
       </c>
       <c r="B132">
         <v>2025</v>
       </c>
       <c r="C132">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="D132" t="s">
         <v>98</v>
       </c>
       <c r="E132" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H132" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
-        <v>1443</v>
+        <v>1386</v>
       </c>
       <c r="B133">
         <v>2025</v>
       </c>
       <c r="C133">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D133" t="s">
         <v>98</v>
       </c>
       <c r="E133" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>289</v>
       </c>
       <c r="H133" t="s">
         <v>290</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
-        <v>765</v>
+        <v>1410</v>
       </c>
       <c r="B134">
         <v>2025</v>
       </c>
       <c r="C134">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="D134" t="s">
         <v>98</v>
       </c>
       <c r="E134" t="s">
+        <v>238</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" s="1" t="s">
         <v>291</v>
       </c>
-      <c r="F134" t="s">
-[...2 lines deleted...]
-      <c r="G134" s="1" t="s">
+      <c r="H134" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
-        <v>766</v>
+        <v>1438</v>
       </c>
       <c r="B135">
         <v>2025</v>
       </c>
       <c r="C135">
-        <v>2</v>
+        <v>35</v>
       </c>
       <c r="D135" t="s">
         <v>98</v>
       </c>
       <c r="E135" t="s">
-        <v>291</v>
+        <v>238</v>
       </c>
       <c r="F135" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G135" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H135" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
-        <v>767</v>
+        <v>1442</v>
       </c>
       <c r="B136">
         <v>2025</v>
       </c>
       <c r="C136">
-        <v>3</v>
+        <v>36</v>
       </c>
       <c r="D136" t="s">
         <v>98</v>
       </c>
       <c r="E136" t="s">
-        <v>291</v>
+        <v>238</v>
       </c>
       <c r="F136" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G136" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="H136" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137">
-        <v>780</v>
+        <v>1443</v>
       </c>
       <c r="B137">
         <v>2025</v>
       </c>
       <c r="C137">
-        <v>4</v>
+        <v>37</v>
       </c>
       <c r="D137" t="s">
         <v>98</v>
       </c>
       <c r="E137" t="s">
-        <v>291</v>
+        <v>238</v>
       </c>
       <c r="F137" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G137" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H137" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138">
-        <v>783</v>
+        <v>765</v>
       </c>
       <c r="B138">
         <v>2025</v>
       </c>
       <c r="C138">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D138" t="s">
         <v>98</v>
       </c>
       <c r="E138" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F138" t="s">
         <v>38</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>300</v>
       </c>
       <c r="H138" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
-        <v>800</v>
+        <v>766</v>
       </c>
       <c r="B139">
         <v>2025</v>
       </c>
       <c r="C139">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D139" t="s">
         <v>98</v>
       </c>
       <c r="E139" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F139" t="s">
         <v>38</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>302</v>
       </c>
       <c r="H139" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
-        <v>804</v>
+        <v>767</v>
       </c>
       <c r="B140">
         <v>2025</v>
       </c>
       <c r="C140">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D140" t="s">
         <v>98</v>
       </c>
       <c r="E140" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F140" t="s">
         <v>38</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>304</v>
       </c>
       <c r="H140" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141">
-        <v>836</v>
+        <v>780</v>
       </c>
       <c r="B141">
         <v>2025</v>
       </c>
       <c r="C141">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D141" t="s">
         <v>98</v>
       </c>
       <c r="E141" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F141" t="s">
         <v>38</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H141" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
-        <v>835</v>
+        <v>783</v>
       </c>
       <c r="B142">
         <v>2025</v>
       </c>
       <c r="C142">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D142" t="s">
         <v>98</v>
       </c>
       <c r="E142" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F142" t="s">
         <v>38</v>
       </c>
       <c r="G142" s="1" t="s">
         <v>308</v>
       </c>
       <c r="H142" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
-        <v>843</v>
+        <v>800</v>
       </c>
       <c r="B143">
         <v>2025</v>
       </c>
       <c r="C143">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="D143" t="s">
         <v>98</v>
       </c>
       <c r="E143" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F143" t="s">
         <v>38</v>
       </c>
       <c r="G143" s="1" t="s">
         <v>310</v>
       </c>
       <c r="H143" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
-        <v>959</v>
+        <v>804</v>
       </c>
       <c r="B144">
         <v>2025</v>
       </c>
       <c r="C144">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D144" t="s">
         <v>98</v>
       </c>
       <c r="E144" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F144" t="s">
         <v>38</v>
       </c>
       <c r="G144" s="1" t="s">
         <v>312</v>
       </c>
       <c r="H144" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
-        <v>1038</v>
+        <v>836</v>
       </c>
       <c r="B145">
         <v>2025</v>
       </c>
       <c r="C145">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D145" t="s">
         <v>98</v>
       </c>
       <c r="E145" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F145" t="s">
         <v>38</v>
       </c>
       <c r="G145" s="1" t="s">
         <v>314</v>
       </c>
       <c r="H145" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
-        <v>1307</v>
+        <v>835</v>
       </c>
       <c r="B146">
         <v>2025</v>
       </c>
       <c r="C146">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="D146" t="s">
         <v>98</v>
       </c>
       <c r="E146" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F146" t="s">
         <v>38</v>
       </c>
       <c r="G146" s="1" t="s">
         <v>316</v>
       </c>
       <c r="H146" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
-        <v>1339</v>
+        <v>843</v>
       </c>
       <c r="B147">
         <v>2025</v>
       </c>
       <c r="C147">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D147" t="s">
         <v>98</v>
       </c>
       <c r="E147" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F147" t="s">
         <v>38</v>
       </c>
       <c r="G147" s="1" t="s">
         <v>318</v>
       </c>
       <c r="H147" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
-        <v>1338</v>
+        <v>959</v>
       </c>
       <c r="B148">
         <v>2025</v>
       </c>
       <c r="C148">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D148" t="s">
         <v>98</v>
       </c>
       <c r="E148" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F148" t="s">
         <v>38</v>
       </c>
       <c r="G148" s="1" t="s">
         <v>320</v>
       </c>
       <c r="H148" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149">
-        <v>1369</v>
+        <v>1038</v>
       </c>
       <c r="B149">
         <v>2025</v>
       </c>
       <c r="C149">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="D149" t="s">
         <v>98</v>
       </c>
       <c r="E149" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F149" t="s">
         <v>38</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>322</v>
       </c>
       <c r="H149" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
-        <v>1383</v>
+        <v>1307</v>
       </c>
       <c r="B150">
         <v>2025</v>
       </c>
       <c r="C150">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="D150" t="s">
         <v>98</v>
       </c>
       <c r="E150" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F150" t="s">
         <v>38</v>
       </c>
       <c r="G150" s="1" t="s">
         <v>324</v>
       </c>
       <c r="H150" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
-        <v>1381</v>
+        <v>1339</v>
       </c>
       <c r="B151">
         <v>2025</v>
       </c>
       <c r="C151">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="D151" t="s">
         <v>98</v>
       </c>
       <c r="E151" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F151" t="s">
         <v>38</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>326</v>
       </c>
       <c r="H151" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
-        <v>1436</v>
+        <v>1338</v>
       </c>
       <c r="B152">
         <v>2025</v>
       </c>
       <c r="C152">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D152" t="s">
         <v>98</v>
       </c>
       <c r="E152" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F152" t="s">
         <v>38</v>
       </c>
       <c r="G152" s="1" t="s">
         <v>328</v>
       </c>
       <c r="H152" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
-        <v>1437</v>
+        <v>1369</v>
       </c>
       <c r="B153">
         <v>2025</v>
       </c>
       <c r="C153">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D153" t="s">
         <v>98</v>
       </c>
       <c r="E153" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F153" t="s">
         <v>38</v>
       </c>
       <c r="G153" s="1" t="s">
         <v>330</v>
       </c>
       <c r="H153" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
-        <v>1439</v>
+        <v>1383</v>
       </c>
       <c r="B154">
         <v>2025</v>
       </c>
       <c r="C154">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D154" t="s">
         <v>98</v>
       </c>
       <c r="E154" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F154" t="s">
         <v>38</v>
       </c>
       <c r="G154" s="1" t="s">
         <v>332</v>
       </c>
       <c r="H154" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
-        <v>755</v>
+        <v>1381</v>
       </c>
       <c r="B155">
         <v>2025</v>
       </c>
       <c r="C155">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>98</v>
       </c>
       <c r="E155" t="s">
+        <v>299</v>
+      </c>
+      <c r="F155" t="s">
+        <v>38</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="F155" t="s">
-[...2 lines deleted...]
-      <c r="G155" s="1" t="s">
+      <c r="H155" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
-        <v>756</v>
+        <v>1436</v>
       </c>
       <c r="B156">
         <v>2025</v>
       </c>
       <c r="C156">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="D156" t="s">
         <v>98</v>
       </c>
       <c r="E156" t="s">
-        <v>334</v>
+        <v>299</v>
       </c>
       <c r="F156" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G156" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H156" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
-        <v>757</v>
+        <v>1437</v>
       </c>
       <c r="B157">
         <v>2025</v>
       </c>
       <c r="C157">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="D157" t="s">
         <v>98</v>
       </c>
       <c r="E157" t="s">
-        <v>334</v>
+        <v>299</v>
       </c>
       <c r="F157" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G157" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H157" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
-        <v>758</v>
+        <v>1439</v>
       </c>
       <c r="B158">
         <v>2025</v>
       </c>
       <c r="C158">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="D158" t="s">
         <v>98</v>
       </c>
       <c r="E158" t="s">
-        <v>334</v>
+        <v>299</v>
       </c>
       <c r="F158" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G158" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H158" t="s">
         <v>341</v>
-      </c>
-[...1 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
-        <v>796</v>
+        <v>1466</v>
       </c>
       <c r="B159">
         <v>2025</v>
       </c>
       <c r="C159">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="D159" t="s">
         <v>98</v>
       </c>
       <c r="E159" t="s">
-        <v>334</v>
+        <v>299</v>
       </c>
       <c r="F159" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G159" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="H159" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
-        <v>803</v>
+        <v>1467</v>
       </c>
       <c r="B160">
         <v>2025</v>
       </c>
       <c r="C160">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>98</v>
       </c>
       <c r="E160" t="s">
-        <v>334</v>
+        <v>299</v>
       </c>
       <c r="F160" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="G160" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H160" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
-        <v>805</v>
+        <v>755</v>
       </c>
       <c r="B161">
         <v>2025</v>
       </c>
       <c r="C161">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D161" t="s">
         <v>98</v>
       </c>
       <c r="E161" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F161" t="s">
         <v>26</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>347</v>
       </c>
       <c r="H161" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
-        <v>806</v>
+        <v>756</v>
       </c>
       <c r="B162">
         <v>2025</v>
       </c>
       <c r="C162">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D162" t="s">
         <v>98</v>
       </c>
       <c r="E162" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F162" t="s">
         <v>26</v>
       </c>
       <c r="G162" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H162" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
-        <v>841</v>
+        <v>757</v>
       </c>
       <c r="B163">
         <v>2025</v>
       </c>
       <c r="C163">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D163" t="s">
         <v>98</v>
       </c>
       <c r="E163" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F163" t="s">
         <v>26</v>
       </c>
       <c r="G163" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H163" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
-        <v>1342</v>
+        <v>758</v>
       </c>
       <c r="B164">
         <v>2025</v>
       </c>
       <c r="C164">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D164" t="s">
         <v>98</v>
       </c>
       <c r="E164" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F164" t="s">
         <v>26</v>
       </c>
       <c r="G164" s="1" t="s">
         <v>353</v>
       </c>
       <c r="H164" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
-        <v>1356</v>
+        <v>796</v>
       </c>
       <c r="B165">
         <v>2025</v>
       </c>
       <c r="C165">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="D165" t="s">
         <v>98</v>
       </c>
       <c r="E165" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F165" t="s">
         <v>26</v>
       </c>
       <c r="G165" s="1" t="s">
         <v>355</v>
       </c>
       <c r="H165" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
-        <v>1366</v>
+        <v>803</v>
       </c>
       <c r="B166">
         <v>2025</v>
       </c>
       <c r="C166">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D166" t="s">
         <v>98</v>
       </c>
       <c r="E166" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F166" t="s">
         <v>26</v>
       </c>
       <c r="G166" s="1" t="s">
         <v>357</v>
       </c>
       <c r="H166" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
-        <v>1396</v>
+        <v>805</v>
       </c>
       <c r="B167">
         <v>2025</v>
       </c>
       <c r="C167">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="D167" t="s">
         <v>98</v>
       </c>
       <c r="E167" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F167" t="s">
         <v>26</v>
       </c>
       <c r="G167" s="1" t="s">
         <v>359</v>
       </c>
       <c r="H167" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
-        <v>1393</v>
+        <v>806</v>
       </c>
       <c r="B168">
         <v>2025</v>
       </c>
       <c r="C168">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D168" t="s">
         <v>98</v>
       </c>
       <c r="E168" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F168" t="s">
         <v>26</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>361</v>
       </c>
       <c r="H168" t="s">
         <v>362</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
-        <v>1433</v>
+        <v>841</v>
       </c>
       <c r="B169">
         <v>2025</v>
       </c>
       <c r="C169">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D169" t="s">
         <v>98</v>
       </c>
       <c r="E169" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F169" t="s">
         <v>26</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>363</v>
       </c>
       <c r="H169" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
-        <v>1435</v>
+        <v>1342</v>
       </c>
       <c r="B170">
         <v>2025</v>
       </c>
       <c r="C170">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="D170" t="s">
         <v>98</v>
       </c>
       <c r="E170" t="s">
-        <v>334</v>
+        <v>346</v>
       </c>
       <c r="F170" t="s">
         <v>26</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>365</v>
       </c>
       <c r="H170" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
-        <v>837</v>
+        <v>1356</v>
       </c>
       <c r="B171">
         <v>2025</v>
       </c>
       <c r="C171">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D171" t="s">
+        <v>98</v>
+      </c>
+      <c r="E171" t="s">
+        <v>346</v>
+      </c>
+      <c r="F171" t="s">
+        <v>26</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>367</v>
       </c>
-      <c r="E171" t="s">
+      <c r="H171" t="s">
         <v>368</v>
-      </c>
-[...7 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
-        <v>838</v>
+        <v>1366</v>
       </c>
       <c r="B172">
         <v>2025</v>
       </c>
       <c r="C172">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D172" t="s">
-        <v>367</v>
+        <v>98</v>
       </c>
       <c r="E172" t="s">
-        <v>368</v>
+        <v>346</v>
       </c>
       <c r="F172" t="s">
+        <v>26</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>369</v>
       </c>
-      <c r="G172" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H172" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173">
-        <v>822</v>
+        <v>1396</v>
       </c>
       <c r="B173">
         <v>2025</v>
       </c>
       <c r="C173">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="D173" t="s">
-        <v>374</v>
+        <v>98</v>
       </c>
       <c r="E173" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
       <c r="F173" t="s">
-        <v>376</v>
+        <v>26</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="H173" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
-        <v>770</v>
+        <v>1393</v>
       </c>
       <c r="B174">
         <v>2025</v>
       </c>
       <c r="C174">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D174" t="s">
-        <v>379</v>
+        <v>98</v>
       </c>
       <c r="E174" t="s">
-        <v>380</v>
+        <v>346</v>
       </c>
       <c r="F174" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="H174" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
-        <v>771</v>
+        <v>1433</v>
       </c>
       <c r="B175">
         <v>2025</v>
       </c>
       <c r="C175">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="D175" t="s">
-        <v>379</v>
+        <v>98</v>
       </c>
       <c r="E175" t="s">
-        <v>380</v>
+        <v>346</v>
       </c>
       <c r="F175" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>383</v>
+        <v>375</v>
       </c>
       <c r="H175" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
-        <v>790</v>
+        <v>1435</v>
       </c>
       <c r="B176">
         <v>2025</v>
       </c>
       <c r="C176">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D176" t="s">
-        <v>379</v>
+        <v>98</v>
       </c>
       <c r="E176" t="s">
-        <v>380</v>
+        <v>346</v>
       </c>
       <c r="F176" t="s">
-        <v>385</v>
+        <v>26</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>386</v>
+        <v>377</v>
       </c>
       <c r="H176" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
-        <v>817</v>
+        <v>837</v>
       </c>
       <c r="B177">
         <v>2025</v>
       </c>
       <c r="C177">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D177" t="s">
         <v>379</v>
       </c>
       <c r="E177" t="s">
         <v>380</v>
       </c>
       <c r="F177" t="s">
-        <v>13</v>
+        <v>381</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="H177" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178">
-        <v>821</v>
+        <v>838</v>
       </c>
       <c r="B178">
         <v>2025</v>
       </c>
       <c r="C178">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D178" t="s">
         <v>379</v>
       </c>
       <c r="E178" t="s">
         <v>380</v>
       </c>
       <c r="F178" t="s">
-        <v>10</v>
+        <v>381</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="H178" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179">
-        <v>1031</v>
+        <v>822</v>
       </c>
       <c r="B179">
         <v>2025</v>
       </c>
       <c r="C179">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D179" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="E179" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="F179" t="s">
-        <v>26</v>
+        <v>388</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>392</v>
+        <v>389</v>
       </c>
       <c r="H179" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180">
-        <v>1037</v>
+        <v>770</v>
       </c>
       <c r="B180">
         <v>2025</v>
       </c>
       <c r="C180">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D180" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E180" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F180" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G180" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H180" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
-        <v>1075</v>
+        <v>771</v>
       </c>
       <c r="B181">
         <v>2025</v>
       </c>
       <c r="C181">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D181" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E181" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F181" t="s">
         <v>10</v>
       </c>
       <c r="G181" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H181" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
-        <v>1326</v>
+        <v>790</v>
       </c>
       <c r="B182">
         <v>2025</v>
       </c>
       <c r="C182">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D182" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E182" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>397</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>398</v>
       </c>
       <c r="H182" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
-        <v>1334</v>
+        <v>817</v>
       </c>
       <c r="B183">
         <v>2025</v>
       </c>
       <c r="C183">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D183" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E183" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F183" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>400</v>
       </c>
       <c r="H183" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
-        <v>1345</v>
+        <v>821</v>
       </c>
       <c r="B184">
         <v>2025</v>
       </c>
       <c r="C184">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D184" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E184" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F184" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G184" s="1" t="s">
         <v>402</v>
       </c>
       <c r="H184" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
-        <v>1376</v>
+        <v>1031</v>
       </c>
       <c r="B185">
         <v>2025</v>
       </c>
       <c r="C185">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="D185" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E185" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F185" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="G185" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H185" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
-        <v>1377</v>
+        <v>1037</v>
       </c>
       <c r="B186">
         <v>2025</v>
       </c>
       <c r="C186">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D186" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E186" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F186" t="s">
-        <v>43</v>
+        <v>31</v>
       </c>
       <c r="G186" s="1" t="s">
         <v>406</v>
       </c>
       <c r="H186" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
-        <v>1378</v>
+        <v>1075</v>
       </c>
       <c r="B187">
         <v>2025</v>
       </c>
       <c r="C187">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D187" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E187" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F187" t="s">
-        <v>60</v>
+        <v>10</v>
       </c>
       <c r="G187" s="1" t="s">
         <v>408</v>
       </c>
       <c r="H187" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
-        <v>1379</v>
+        <v>1326</v>
       </c>
       <c r="B188">
         <v>2025</v>
       </c>
       <c r="C188">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="D188" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E188" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F188" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
         <v>410</v>
       </c>
       <c r="H188" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
-        <v>1384</v>
+        <v>1334</v>
       </c>
       <c r="B189">
         <v>2025</v>
       </c>
       <c r="C189">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D189" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E189" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F189" t="s">
-        <v>60</v>
+        <v>31</v>
       </c>
       <c r="G189" s="1" t="s">
         <v>412</v>
       </c>
       <c r="H189" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
-        <v>1400</v>
+        <v>1345</v>
       </c>
       <c r="B190">
         <v>2025</v>
       </c>
       <c r="C190">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="D190" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E190" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F190" t="s">
         <v>31</v>
       </c>
       <c r="G190" s="1" t="s">
         <v>414</v>
       </c>
       <c r="H190" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
-        <v>1411</v>
+        <v>1376</v>
       </c>
       <c r="B191">
         <v>2025</v>
       </c>
       <c r="C191">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D191" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E191" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F191" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="G191" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H191" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
-        <v>1430</v>
+        <v>1377</v>
       </c>
       <c r="B192">
         <v>2025</v>
       </c>
       <c r="C192">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="D192" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E192" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F192" t="s">
-        <v>60</v>
+        <v>43</v>
       </c>
       <c r="G192" s="1" t="s">
         <v>418</v>
       </c>
       <c r="H192" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
-        <v>1431</v>
+        <v>1378</v>
       </c>
       <c r="B193">
         <v>2025</v>
       </c>
       <c r="C193">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="D193" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E193" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F193" t="s">
         <v>60</v>
       </c>
       <c r="G193" s="1" t="s">
         <v>420</v>
       </c>
       <c r="H193" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
-        <v>1432</v>
+        <v>1379</v>
       </c>
       <c r="B194">
         <v>2025</v>
       </c>
       <c r="C194">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="D194" t="s">
-        <v>379</v>
+        <v>391</v>
       </c>
       <c r="E194" t="s">
-        <v>380</v>
+        <v>392</v>
       </c>
       <c r="F194" t="s">
         <v>60</v>
       </c>
       <c r="G194" s="1" t="s">
         <v>422</v>
       </c>
       <c r="H194" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
-        <v>732</v>
+        <v>1384</v>
       </c>
       <c r="B195">
         <v>2025</v>
       </c>
       <c r="C195">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D195" t="s">
+        <v>391</v>
+      </c>
+      <c r="E195" t="s">
+        <v>392</v>
+      </c>
+      <c r="F195" t="s">
+        <v>60</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>424</v>
       </c>
-      <c r="E195" t="s">
+      <c r="H195" t="s">
         <v>425</v>
-      </c>
-[...7 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
-        <v>733</v>
+        <v>1400</v>
       </c>
       <c r="B196">
         <v>2025</v>
       </c>
       <c r="C196">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="D196" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E196" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F196" t="s">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="H196" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
-        <v>734</v>
+        <v>1411</v>
       </c>
       <c r="B197">
         <v>2025</v>
       </c>
       <c r="C197">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="D197" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E197" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F197" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H197" t="s">
-        <v>431</v>
+        <v>429</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
-        <v>735</v>
+        <v>1430</v>
       </c>
       <c r="B198">
         <v>2025</v>
       </c>
       <c r="C198">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D198" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E198" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F198" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="H198" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
-        <v>736</v>
+        <v>1431</v>
       </c>
       <c r="B199">
         <v>2025</v>
       </c>
       <c r="C199">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="D199" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E199" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F199" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="H199" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
-        <v>737</v>
+        <v>1432</v>
       </c>
       <c r="B200">
         <v>2025</v>
       </c>
       <c r="C200">
-        <v>6</v>
+        <v>21</v>
       </c>
       <c r="D200" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E200" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F200" t="s">
-        <v>10</v>
+        <v>60</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="H200" t="s">
-        <v>437</v>
+        <v>435</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
-        <v>738</v>
+        <v>1463</v>
       </c>
       <c r="B201">
         <v>2025</v>
       </c>
       <c r="C201">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="D201" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E201" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F201" t="s">
         <v>10</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="H201" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
-        <v>784</v>
+        <v>1472</v>
       </c>
       <c r="B202">
         <v>2025</v>
       </c>
       <c r="C202">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="D202" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E202" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F202" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="H202" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
-        <v>785</v>
+        <v>1473</v>
       </c>
       <c r="B203">
         <v>2025</v>
       </c>
       <c r="C203">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="D203" t="s">
-        <v>424</v>
+        <v>391</v>
       </c>
       <c r="E203" t="s">
-        <v>425</v>
+        <v>392</v>
       </c>
       <c r="F203" t="s">
-        <v>10</v>
+        <v>440</v>
       </c>
       <c r="G203" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H203" t="s">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>443</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
-        <v>786</v>
+        <v>1489</v>
       </c>
       <c r="B204">
         <v>2025</v>
       </c>
       <c r="C204">
+        <v>25</v>
+      </c>
+      <c r="D204" t="s">
+        <v>391</v>
+      </c>
+      <c r="E204" t="s">
+        <v>392</v>
+      </c>
+      <c r="F204" t="s">
         <v>10</v>
       </c>
-      <c r="D204" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G204" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H204" t="s">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
-        <v>798</v>
+        <v>732</v>
       </c>
       <c r="B205">
         <v>2025</v>
       </c>
       <c r="C205">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D205" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E205" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F205" t="s">
         <v>10</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="H205" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
-        <v>799</v>
+        <v>733</v>
       </c>
       <c r="B206">
         <v>2025</v>
       </c>
       <c r="C206">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D206" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E206" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F206" t="s">
         <v>10</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H206" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
-        <v>801</v>
+        <v>734</v>
       </c>
       <c r="B207">
         <v>2025</v>
       </c>
       <c r="C207">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D207" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E207" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F207" t="s">
         <v>10</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H207" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
-        <v>802</v>
+        <v>735</v>
       </c>
       <c r="B208">
         <v>2025</v>
       </c>
       <c r="C208">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D208" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E208" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F208" t="s">
         <v>10</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="H208" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
-        <v>820</v>
+        <v>736</v>
       </c>
       <c r="B209">
         <v>2025</v>
       </c>
       <c r="C209">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D209" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E209" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F209" t="s">
         <v>10</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H209" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210">
-        <v>839</v>
+        <v>737</v>
       </c>
       <c r="B210">
         <v>2025</v>
       </c>
       <c r="C210">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="D210" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E210" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F210" t="s">
         <v>10</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H210" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
-        <v>848</v>
+        <v>738</v>
       </c>
       <c r="B211">
         <v>2025</v>
       </c>
       <c r="C211">
-        <v>17</v>
+        <v>7</v>
       </c>
       <c r="D211" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E211" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F211" t="s">
         <v>10</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="H211" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
-        <v>849</v>
+        <v>784</v>
       </c>
       <c r="B212">
         <v>2025</v>
       </c>
       <c r="C212">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="D212" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E212" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F212" t="s">
         <v>10</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="H212" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
-        <v>850</v>
+        <v>785</v>
       </c>
       <c r="B213">
         <v>2025</v>
       </c>
       <c r="C213">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="D213" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E213" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F213" t="s">
         <v>10</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H213" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
-        <v>851</v>
+        <v>786</v>
       </c>
       <c r="B214">
         <v>2025</v>
       </c>
       <c r="C214">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D214" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E214" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>446</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H214" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
-        <v>857</v>
+        <v>798</v>
       </c>
       <c r="B215">
         <v>2025</v>
       </c>
       <c r="C215">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="D215" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E215" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F215" t="s">
         <v>10</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H215" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
-        <v>858</v>
+        <v>799</v>
       </c>
       <c r="B216">
         <v>2025</v>
       </c>
       <c r="C216">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D216" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E216" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F216" t="s">
         <v>10</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H216" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
-        <v>868</v>
+        <v>801</v>
       </c>
       <c r="B217">
         <v>2025</v>
       </c>
       <c r="C217">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D217" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E217" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F217" t="s">
         <v>10</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="H217" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
-        <v>869</v>
+        <v>802</v>
       </c>
       <c r="B218">
         <v>2025</v>
       </c>
       <c r="C218">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="D218" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E218" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F218" t="s">
         <v>10</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H218" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
-        <v>870</v>
+        <v>820</v>
       </c>
       <c r="B219">
         <v>2025</v>
       </c>
       <c r="C219">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D219" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E219" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F219" t="s">
-        <v>474</v>
+        <v>10</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>475</v>
       </c>
       <c r="H219" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
-        <v>871</v>
+        <v>839</v>
       </c>
       <c r="B220">
         <v>2025</v>
       </c>
       <c r="C220">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D220" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E220" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F220" t="s">
         <v>10</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H220" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
-        <v>872</v>
+        <v>848</v>
       </c>
       <c r="B221">
         <v>2025</v>
       </c>
       <c r="C221">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D221" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E221" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F221" t="s">
         <v>10</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>479</v>
       </c>
       <c r="H221" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
-        <v>873</v>
+        <v>849</v>
       </c>
       <c r="B222">
         <v>2025</v>
       </c>
       <c r="C222">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="D222" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E222" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F222" t="s">
         <v>10</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H222" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
-        <v>905</v>
+        <v>850</v>
       </c>
       <c r="B223">
         <v>2025</v>
       </c>
       <c r="C223">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="D223" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E223" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F223" t="s">
         <v>10</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="H223" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
-        <v>938</v>
+        <v>851</v>
       </c>
       <c r="B224">
         <v>2025</v>
       </c>
       <c r="C224">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="D224" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E224" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F224" t="s">
         <v>10</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H224" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
-        <v>939</v>
+        <v>857</v>
       </c>
       <c r="B225">
         <v>2025</v>
       </c>
       <c r="C225">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="D225" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E225" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F225" t="s">
         <v>10</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="H225" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
-        <v>1032</v>
+        <v>858</v>
       </c>
       <c r="B226">
         <v>2025</v>
       </c>
       <c r="C226">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D226" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E226" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F226" t="s">
         <v>10</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H226" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
-        <v>1310</v>
+        <v>868</v>
       </c>
       <c r="B227">
         <v>2025</v>
       </c>
       <c r="C227">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="D227" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E227" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F227" t="s">
         <v>10</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H227" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
-        <v>1311</v>
+        <v>869</v>
       </c>
       <c r="B228">
         <v>2025</v>
       </c>
       <c r="C228">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D228" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E228" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F228" t="s">
         <v>10</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H228" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
-        <v>1322</v>
+        <v>870</v>
       </c>
       <c r="B229">
         <v>2025</v>
       </c>
       <c r="C229">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D229" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E229" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F229" t="s">
-        <v>10</v>
+        <v>495</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="H229" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
-        <v>1333</v>
+        <v>871</v>
       </c>
       <c r="B230">
         <v>2025</v>
       </c>
       <c r="C230">
-        <v>36</v>
+        <v>26</v>
       </c>
       <c r="D230" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E230" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F230" t="s">
         <v>10</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H230" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
-        <v>1371</v>
+        <v>872</v>
       </c>
       <c r="B231">
         <v>2025</v>
       </c>
       <c r="C231">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D231" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E231" t="s">
-        <v>425</v>
+        <v>446</v>
+      </c>
+      <c r="F231" t="s">
+        <v>10</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="H231" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
-        <v>1390</v>
+        <v>873</v>
       </c>
       <c r="B232">
         <v>2025</v>
       </c>
       <c r="C232">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="D232" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E232" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F232" t="s">
         <v>10</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H232" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
-        <v>1388</v>
+        <v>905</v>
       </c>
       <c r="B233">
         <v>2025</v>
       </c>
       <c r="C233">
-        <v>39</v>
+        <v>29</v>
       </c>
       <c r="D233" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E233" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F233" t="s">
         <v>10</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="H233" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
-        <v>1389</v>
+        <v>938</v>
       </c>
       <c r="B234">
         <v>2025</v>
       </c>
       <c r="C234">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D234" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E234" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F234" t="s">
         <v>10</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H234" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
-        <v>1414</v>
+        <v>939</v>
       </c>
       <c r="B235">
         <v>2025</v>
       </c>
       <c r="C235">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="D235" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E235" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F235" t="s">
         <v>10</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="H235" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
-        <v>1415</v>
+        <v>1032</v>
       </c>
       <c r="B236">
         <v>2025</v>
       </c>
       <c r="C236">
-        <v>42</v>
+        <v>32</v>
       </c>
       <c r="D236" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E236" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F236" t="s">
         <v>10</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H236" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
-        <v>1416</v>
+        <v>1310</v>
       </c>
       <c r="B237">
         <v>2025</v>
       </c>
       <c r="C237">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="D237" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E237" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F237" t="s">
         <v>10</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="H237" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
-        <v>1417</v>
+        <v>1311</v>
       </c>
       <c r="B238">
         <v>2025</v>
       </c>
       <c r="C238">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D238" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E238" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F238" t="s">
         <v>10</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H238" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239">
-        <v>1418</v>
+        <v>1322</v>
       </c>
       <c r="B239">
         <v>2025</v>
       </c>
       <c r="C239">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D239" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E239" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F239" t="s">
         <v>10</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H239" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
-        <v>1419</v>
+        <v>1333</v>
       </c>
       <c r="B240">
         <v>2025</v>
       </c>
       <c r="C240">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="D240" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E240" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F240" t="s">
         <v>10</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H240" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
-        <v>1420</v>
+        <v>1371</v>
       </c>
       <c r="B241">
         <v>2025</v>
       </c>
       <c r="C241">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D241" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E241" t="s">
-        <v>425</v>
-[...2 lines deleted...]
-        <v>10</v>
+        <v>446</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H241" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
-        <v>1421</v>
+        <v>1390</v>
       </c>
       <c r="B242">
         <v>2025</v>
       </c>
       <c r="C242">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="D242" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E242" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F242" t="s">
         <v>10</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="H242" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
-        <v>1422</v>
+        <v>1388</v>
       </c>
       <c r="B243">
         <v>2025</v>
       </c>
       <c r="C243">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D243" t="s">
-        <v>424</v>
+        <v>445</v>
       </c>
       <c r="E243" t="s">
-        <v>425</v>
+        <v>446</v>
       </c>
       <c r="F243" t="s">
         <v>10</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H243" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
-        <v>725</v>
+        <v>1389</v>
       </c>
       <c r="B244">
         <v>2025</v>
       </c>
       <c r="C244">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="D244" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E244" t="s">
+        <v>446</v>
+      </c>
+      <c r="F244" t="s">
+        <v>10</v>
+      </c>
+      <c r="G244" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="F244" t="s">
-[...2 lines deleted...]
-      <c r="G244" s="1" t="s">
+      <c r="H244" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
-        <v>726</v>
+        <v>1414</v>
       </c>
       <c r="B245">
         <v>2025</v>
       </c>
       <c r="C245">
-        <v>2</v>
+        <v>41</v>
       </c>
       <c r="D245" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E245" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F245" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G245" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="H245" t="s">
         <v>528</v>
-      </c>
-[...1 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
-        <v>727</v>
+        <v>1415</v>
       </c>
       <c r="B246">
         <v>2025</v>
       </c>
       <c r="C246">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="D246" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E246" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F246" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G246" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="H246" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
-        <v>728</v>
+        <v>1416</v>
       </c>
       <c r="B247">
         <v>2025</v>
       </c>
       <c r="C247">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="D247" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E247" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F247" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G247" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H247" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
-        <v>729</v>
+        <v>1417</v>
       </c>
       <c r="B248">
         <v>2025</v>
       </c>
       <c r="C248">
-        <v>5</v>
+        <v>44</v>
       </c>
       <c r="D248" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E248" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F248" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G248" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="H248" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
-        <v>730</v>
+        <v>1418</v>
       </c>
       <c r="B249">
         <v>2025</v>
       </c>
       <c r="C249">
-        <v>6</v>
+        <v>45</v>
       </c>
       <c r="D249" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E249" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F249" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G249" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H249" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
-        <v>731</v>
+        <v>1419</v>
       </c>
       <c r="B250">
         <v>2025</v>
       </c>
       <c r="C250">
-        <v>7</v>
+        <v>46</v>
       </c>
       <c r="D250" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E250" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F250" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G250" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="H250" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
-        <v>788</v>
+        <v>1420</v>
       </c>
       <c r="B251">
         <v>2025</v>
       </c>
       <c r="C251">
-        <v>8</v>
+        <v>47</v>
       </c>
       <c r="D251" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E251" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F251" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G251" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H251" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
-        <v>789</v>
+        <v>1421</v>
       </c>
       <c r="B252">
         <v>2025</v>
       </c>
       <c r="C252">
-        <v>9</v>
+        <v>48</v>
       </c>
       <c r="D252" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E252" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F252" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G252" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="H252" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
-        <v>955</v>
+        <v>1422</v>
       </c>
       <c r="B253">
         <v>2025</v>
       </c>
       <c r="C253">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="D253" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E253" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F253" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G253" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H253" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>480</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
-        <v>950</v>
+        <v>1458</v>
       </c>
       <c r="B254">
         <v>2025</v>
       </c>
       <c r="C254">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="D254" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E254" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>376</v>
+        <v>446</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>545</v>
       </c>
       <c r="H254" t="s">
-        <v>480</v>
+        <v>546</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
-        <v>951</v>
+        <v>1459</v>
       </c>
       <c r="B255">
         <v>2025</v>
       </c>
       <c r="C255">
-        <v>14</v>
+        <v>51</v>
       </c>
       <c r="D255" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E255" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F255" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H255" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
-        <v>956</v>
+        <v>1460</v>
       </c>
       <c r="B256">
         <v>2025</v>
       </c>
       <c r="C256">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="D256" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E256" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F256" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H256" t="s">
-        <v>485</v>
+        <v>550</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
-        <v>1036</v>
+        <v>1461</v>
       </c>
       <c r="B257">
         <v>2025</v>
       </c>
       <c r="C257">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D257" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E257" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F257" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="H257" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
-        <v>952</v>
+        <v>1462</v>
       </c>
       <c r="B258">
         <v>2025</v>
       </c>
       <c r="C258">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="D258" t="s">
-        <v>524</v>
+        <v>445</v>
       </c>
       <c r="E258" t="s">
-        <v>525</v>
+        <v>446</v>
       </c>
       <c r="F258" t="s">
-        <v>376</v>
+        <v>10</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="H258" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
-        <v>953</v>
+        <v>725</v>
       </c>
       <c r="B259">
         <v>2025</v>
       </c>
       <c r="C259">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="D259" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E259" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F259" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="H259" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
-        <v>954</v>
+        <v>726</v>
       </c>
       <c r="B260">
         <v>2025</v>
       </c>
       <c r="C260">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D260" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E260" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F260" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="H260" t="s">
-        <v>476</v>
+        <v>560</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
-        <v>1042</v>
+        <v>727</v>
       </c>
       <c r="B261">
         <v>2025</v>
       </c>
       <c r="C261">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="D261" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E261" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F261" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="H261" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
-        <v>1346</v>
+        <v>728</v>
       </c>
       <c r="B262">
         <v>2025</v>
       </c>
       <c r="C262">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="D262" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E262" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F262" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="H262" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
-        <v>1352</v>
+        <v>729</v>
       </c>
       <c r="B263">
         <v>2025</v>
       </c>
       <c r="C263">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="D263" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E263" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F263" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H263" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
-        <v>1428</v>
+        <v>730</v>
       </c>
       <c r="B264">
         <v>2025</v>
       </c>
       <c r="C264">
-        <v>25</v>
+        <v>6</v>
       </c>
       <c r="D264" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E264" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F264" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="H264" t="s">
-        <v>517</v>
+        <v>568</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
-        <v>1429</v>
+        <v>731</v>
       </c>
       <c r="B265">
         <v>2025</v>
       </c>
       <c r="C265">
-        <v>26</v>
+        <v>7</v>
       </c>
       <c r="D265" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E265" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F265" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="H265" t="s">
-        <v>519</v>
+        <v>570</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
-        <v>1401</v>
+        <v>788</v>
       </c>
       <c r="B266">
         <v>2025</v>
       </c>
       <c r="C266">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="D266" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E266" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F266" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
       <c r="H266" t="s">
-        <v>503</v>
+        <v>572</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
-        <v>1408</v>
+        <v>789</v>
       </c>
       <c r="B267">
         <v>2025</v>
       </c>
       <c r="C267">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="D267" t="s">
-        <v>524</v>
+        <v>555</v>
       </c>
       <c r="E267" t="s">
-        <v>525</v>
+        <v>556</v>
       </c>
       <c r="F267" t="s">
-        <v>376</v>
+        <v>388</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="H267" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
-        <v>772</v>
+        <v>955</v>
       </c>
       <c r="B268">
         <v>2025</v>
       </c>
       <c r="C268">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D268" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E268" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F268" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="H268" t="s">
-        <v>570</v>
+        <v>501</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
-        <v>775</v>
+        <v>950</v>
       </c>
       <c r="B269">
         <v>2025</v>
       </c>
       <c r="C269">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D269" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E269" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F269" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H269" t="s">
-        <v>572</v>
+        <v>501</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
-        <v>773</v>
+        <v>951</v>
       </c>
       <c r="B270">
         <v>2025</v>
       </c>
       <c r="C270">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D270" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E270" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F270" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="H270" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
-        <v>774</v>
+        <v>956</v>
       </c>
       <c r="B271">
         <v>2025</v>
       </c>
       <c r="C271">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D271" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E271" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F271" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="H271" t="s">
-        <v>576</v>
+        <v>506</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
-        <v>787</v>
+        <v>1036</v>
       </c>
       <c r="B272">
         <v>2025</v>
       </c>
       <c r="C272">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D272" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E272" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F272" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="H272" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="B273">
         <v>2025</v>
       </c>
       <c r="C273">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="D273" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E273" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F273" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
       <c r="H273" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
-        <v>1033</v>
+        <v>953</v>
       </c>
       <c r="B274">
         <v>2025</v>
       </c>
       <c r="C274">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D274" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E274" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F274" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H274" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
-        <v>1391</v>
+        <v>954</v>
       </c>
       <c r="B275">
         <v>2025</v>
       </c>
       <c r="C275">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="D275" t="s">
-        <v>567</v>
+        <v>555</v>
       </c>
       <c r="E275" t="s">
-        <v>568</v>
+        <v>556</v>
       </c>
       <c r="F275" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="H275" t="s">
-        <v>584</v>
+        <v>497</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
-        <v>815</v>
+        <v>1042</v>
       </c>
       <c r="B276">
         <v>2025</v>
       </c>
       <c r="C276">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D276" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E276" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F276" t="s">
-        <v>13</v>
+        <v>388</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>587</v>
       </c>
       <c r="H276" t="s">
         <v>588</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
-        <v>818</v>
+        <v>1346</v>
       </c>
       <c r="B277">
         <v>2025</v>
       </c>
       <c r="C277">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="D277" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E277" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F277" t="s">
-        <v>77</v>
+        <v>388</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>589</v>
       </c>
       <c r="H277" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
-        <v>819</v>
+        <v>1352</v>
       </c>
       <c r="B278">
         <v>2025</v>
       </c>
       <c r="C278">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="D278" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E278" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F278" t="s">
-        <v>26</v>
+        <v>388</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>591</v>
       </c>
       <c r="H278" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
-        <v>860</v>
+        <v>1428</v>
       </c>
       <c r="B279">
         <v>2025</v>
       </c>
       <c r="C279">
-        <v>4</v>
+        <v>25</v>
       </c>
       <c r="D279" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E279" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F279" t="s">
-        <v>77</v>
+        <v>388</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>593</v>
       </c>
       <c r="H279" t="s">
-        <v>594</v>
+        <v>538</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
-        <v>861</v>
+        <v>1429</v>
       </c>
       <c r="B280">
         <v>2025</v>
       </c>
       <c r="C280">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="D280" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E280" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F280" t="s">
-        <v>77</v>
+        <v>388</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>595</v>
+        <v>594</v>
       </c>
       <c r="H280" t="s">
-        <v>596</v>
+        <v>540</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
-        <v>949</v>
+        <v>1401</v>
       </c>
       <c r="B281">
         <v>2025</v>
       </c>
       <c r="C281">
-        <v>6</v>
+        <v>27</v>
       </c>
       <c r="D281" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E281" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F281" t="s">
-        <v>43</v>
+        <v>388</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>597</v>
+        <v>595</v>
       </c>
       <c r="H281" t="s">
-        <v>598</v>
+        <v>524</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
-        <v>1324</v>
+        <v>1408</v>
       </c>
       <c r="B282">
         <v>2025</v>
       </c>
       <c r="C282">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="D282" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E282" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F282" t="s">
-        <v>38</v>
+        <v>388</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="H282" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
-        <v>1380</v>
+        <v>1474</v>
       </c>
       <c r="B283">
         <v>2025</v>
       </c>
       <c r="C283">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D283" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E283" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F283" t="s">
-        <v>13</v>
+        <v>388</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="H283" t="s">
-        <v>602</v>
+        <v>542</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
-        <v>1402</v>
+        <v>1484</v>
       </c>
       <c r="B284">
         <v>2025</v>
       </c>
       <c r="C284">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D284" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E284" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F284" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="H284" t="s">
-        <v>604</v>
+        <v>546</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
-        <v>1424</v>
+        <v>1485</v>
       </c>
       <c r="B285">
         <v>2025</v>
       </c>
       <c r="C285">
-        <v>10</v>
+        <v>31</v>
       </c>
       <c r="D285" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E285" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F285" t="s">
-        <v>31</v>
+        <v>388</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="H285" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
-        <v>1425</v>
+        <v>1486</v>
       </c>
       <c r="B286">
         <v>2025</v>
       </c>
       <c r="C286">
-        <v>11</v>
+        <v>32</v>
       </c>
       <c r="D286" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E286" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F286" t="s">
-        <v>13</v>
+        <v>388</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="H286" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
-        <v>1426</v>
+        <v>1487</v>
       </c>
       <c r="B287">
         <v>2025</v>
       </c>
       <c r="C287">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D287" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E287" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F287" t="s">
-        <v>31</v>
+        <v>388</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="H287" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
-        <v>1427</v>
+        <v>1488</v>
       </c>
       <c r="B288">
         <v>2025</v>
       </c>
       <c r="C288">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D288" t="s">
-        <v>585</v>
+        <v>555</v>
       </c>
       <c r="E288" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="F288" t="s">
-        <v>13</v>
+        <v>388</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="H288" t="s">
-        <v>612</v>
+        <v>554</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
-        <v>827</v>
+        <v>772</v>
       </c>
       <c r="B289">
         <v>2025</v>
       </c>
       <c r="C289">
         <v>1</v>
       </c>
       <c r="D289" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E289" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F289" t="s">
         <v>10</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="H289" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
-        <v>1331</v>
+        <v>775</v>
       </c>
       <c r="B290">
         <v>2025</v>
       </c>
       <c r="C290">
         <v>2</v>
       </c>
       <c r="D290" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E290" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F290" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="H290" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
-        <v>859</v>
+        <v>773</v>
       </c>
       <c r="B291">
         <v>2025</v>
       </c>
       <c r="C291">
         <v>3</v>
       </c>
       <c r="D291" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E291" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F291" t="s">
         <v>10</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="H291" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
-        <v>998</v>
+        <v>774</v>
       </c>
       <c r="B292">
         <v>2025</v>
       </c>
       <c r="C292">
         <v>4</v>
       </c>
       <c r="D292" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E292" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F292" t="s">
-        <v>126</v>
+        <v>10</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="H292" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
-        <v>1332</v>
+        <v>787</v>
       </c>
       <c r="B293">
         <v>2025</v>
       </c>
       <c r="C293">
         <v>5</v>
       </c>
       <c r="D293" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E293" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F293" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="H293" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
-        <v>1387</v>
+        <v>948</v>
       </c>
       <c r="B294">
         <v>2025</v>
       </c>
       <c r="C294">
         <v>6</v>
       </c>
       <c r="D294" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E294" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F294" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="H294" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
-        <v>1412</v>
+        <v>1033</v>
       </c>
       <c r="B295">
         <v>2025</v>
       </c>
       <c r="C295">
         <v>7</v>
       </c>
       <c r="D295" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E295" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F295" t="s">
-        <v>627</v>
+        <v>10</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="H295" t="s">
-        <v>629</v>
+        <v>622</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
-        <v>1413</v>
+        <v>1391</v>
       </c>
       <c r="B296">
         <v>2025</v>
       </c>
       <c r="C296">
         <v>8</v>
       </c>
       <c r="D296" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="E296" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="F296" t="s">
         <v>10</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>630</v>
+        <v>623</v>
       </c>
       <c r="H296" t="s">
-        <v>631</v>
+        <v>624</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
-        <v>739</v>
+        <v>1457</v>
       </c>
       <c r="B297">
         <v>2025</v>
       </c>
       <c r="C297">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D297" t="s">
-        <v>632</v>
+        <v>607</v>
       </c>
       <c r="E297" t="s">
-        <v>633</v>
+        <v>608</v>
       </c>
       <c r="F297" t="s">
-        <v>634</v>
+        <v>10</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="H297" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
-        <v>740</v>
+        <v>1481</v>
       </c>
       <c r="B298">
         <v>2025</v>
       </c>
       <c r="C298">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D298" t="s">
-        <v>632</v>
+        <v>607</v>
       </c>
       <c r="E298" t="s">
-        <v>633</v>
+        <v>608</v>
       </c>
       <c r="F298" t="s">
-        <v>634</v>
+        <v>10</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="H298" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
-        <v>741</v>
+        <v>815</v>
       </c>
       <c r="B299">
         <v>2025</v>
       </c>
       <c r="C299">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D299" t="s">
+        <v>629</v>
+      </c>
+      <c r="E299" t="s">
+        <v>630</v>
+      </c>
+      <c r="F299" t="s">
+        <v>13</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="H299" t="s">
         <v>632</v>
-      </c>
-[...10 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
-        <v>742</v>
+        <v>818</v>
       </c>
       <c r="B300">
         <v>2025</v>
       </c>
       <c r="C300">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D300" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E300" t="s">
+        <v>630</v>
+      </c>
+      <c r="F300" t="s">
+        <v>77</v>
+      </c>
+      <c r="G300" s="1" t="s">
         <v>633</v>
       </c>
-      <c r="F300" t="s">
+      <c r="H300" t="s">
         <v>634</v>
-      </c>
-[...4 lines deleted...]
-        <v>642</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
-        <v>743</v>
+        <v>819</v>
       </c>
       <c r="B301">
         <v>2025</v>
       </c>
       <c r="C301">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D301" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E301" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F301" t="s">
-        <v>634</v>
+        <v>26</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>643</v>
+        <v>635</v>
       </c>
       <c r="H301" t="s">
-        <v>644</v>
+        <v>636</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
-        <v>744</v>
+        <v>860</v>
       </c>
       <c r="B302">
         <v>2025</v>
       </c>
       <c r="C302">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D302" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E302" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F302" t="s">
-        <v>634</v>
+        <v>77</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>645</v>
+        <v>637</v>
       </c>
       <c r="H302" t="s">
-        <v>646</v>
+        <v>638</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
-        <v>745</v>
+        <v>861</v>
       </c>
       <c r="B303">
         <v>2025</v>
       </c>
       <c r="C303">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D303" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E303" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F303" t="s">
-        <v>634</v>
+        <v>77</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>647</v>
+        <v>639</v>
       </c>
       <c r="H303" t="s">
-        <v>648</v>
+        <v>640</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
-        <v>1328</v>
+        <v>949</v>
       </c>
       <c r="B304">
         <v>2025</v>
       </c>
       <c r="C304">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="D304" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E304" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F304" t="s">
-        <v>369</v>
+        <v>43</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>649</v>
+        <v>641</v>
       </c>
       <c r="H304" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="B305">
         <v>2025</v>
       </c>
       <c r="C305">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="D305" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E305" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F305" t="s">
-        <v>369</v>
+        <v>38</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="H305" t="s">
-        <v>652</v>
+        <v>644</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
-        <v>1330</v>
+        <v>1380</v>
       </c>
       <c r="B306">
         <v>2025</v>
       </c>
       <c r="C306">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="D306" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E306" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F306" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>653</v>
+        <v>645</v>
       </c>
       <c r="H306" t="s">
-        <v>654</v>
+        <v>646</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
-        <v>1327</v>
+        <v>1402</v>
       </c>
       <c r="B307">
         <v>2025</v>
       </c>
       <c r="C307">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D307" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E307" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F307" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>655</v>
+        <v>647</v>
       </c>
       <c r="H307" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
-        <v>1348</v>
+        <v>1424</v>
       </c>
       <c r="B308">
         <v>2025</v>
       </c>
       <c r="C308">
-        <v>42</v>
+        <v>10</v>
       </c>
       <c r="D308" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E308" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F308" t="s">
-        <v>369</v>
+        <v>31</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>657</v>
+        <v>649</v>
       </c>
       <c r="H308" t="s">
-        <v>658</v>
+        <v>650</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
-        <v>1347</v>
+        <v>1425</v>
       </c>
       <c r="B309">
         <v>2025</v>
       </c>
       <c r="C309">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="D309" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E309" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F309" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="H309" t="s">
-        <v>660</v>
+        <v>652</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
-        <v>1349</v>
+        <v>1426</v>
       </c>
       <c r="B310">
         <v>2025</v>
       </c>
       <c r="C310">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="D310" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E310" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F310" t="s">
-        <v>369</v>
+        <v>31</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>661</v>
+        <v>653</v>
       </c>
       <c r="H310" t="s">
-        <v>662</v>
+        <v>654</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
-        <v>1360</v>
+        <v>1427</v>
       </c>
       <c r="B311">
         <v>2025</v>
       </c>
       <c r="C311">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="D311" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E311" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F311" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="H311" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
-        <v>1351</v>
+        <v>1482</v>
       </c>
       <c r="B312">
         <v>2025</v>
       </c>
       <c r="C312">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="D312" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="E312" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="F312" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="H312" t="s">
-        <v>666</v>
+        <v>658</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
-        <v>1350</v>
+        <v>1471</v>
       </c>
       <c r="B313">
         <v>2025</v>
       </c>
       <c r="C313">
-        <v>47</v>
+        <v>1</v>
       </c>
       <c r="D313" t="s">
-        <v>632</v>
+        <v>659</v>
       </c>
       <c r="E313" t="s">
-        <v>633</v>
+        <v>660</v>
       </c>
       <c r="F313" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="H313" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
-        <v>1362</v>
+        <v>827</v>
       </c>
       <c r="B314">
         <v>2025</v>
       </c>
       <c r="C314">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="D314" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E314" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F314" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="H314" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
-        <v>1361</v>
+        <v>1331</v>
       </c>
       <c r="B315">
         <v>2025</v>
       </c>
       <c r="C315">
-        <v>50</v>
+        <v>2</v>
       </c>
       <c r="D315" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E315" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F315" t="s">
-        <v>369</v>
+        <v>31</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="H315" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
-        <v>1359</v>
+        <v>859</v>
       </c>
       <c r="B316">
         <v>2025</v>
       </c>
       <c r="C316">
-        <v>51</v>
+        <v>3</v>
       </c>
       <c r="D316" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E316" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F316" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>673</v>
+        <v>669</v>
       </c>
       <c r="H316" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
-        <v>1372</v>
+        <v>998</v>
       </c>
       <c r="B317">
         <v>2025</v>
       </c>
       <c r="C317">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="D317" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E317" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F317" t="s">
-        <v>369</v>
+        <v>128</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="H317" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
-        <v>1373</v>
+        <v>1332</v>
       </c>
       <c r="B318">
         <v>2025</v>
       </c>
       <c r="C318">
-        <v>54</v>
+        <v>5</v>
       </c>
       <c r="D318" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E318" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F318" t="s">
-        <v>369</v>
+        <v>31</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="H318" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
-        <v>1374</v>
+        <v>1387</v>
       </c>
       <c r="B319">
         <v>2025</v>
       </c>
       <c r="C319">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="D319" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E319" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F319" t="s">
-        <v>369</v>
+        <v>13</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="H319" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
-        <v>1375</v>
+        <v>1412</v>
       </c>
       <c r="B320">
         <v>2025</v>
       </c>
       <c r="C320">
-        <v>56</v>
+        <v>7</v>
       </c>
       <c r="D320" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E320" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F320" t="s">
-        <v>369</v>
+        <v>677</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>681</v>
+        <v>678</v>
       </c>
       <c r="H320" t="s">
-        <v>682</v>
+        <v>679</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="B321">
         <v>2025</v>
       </c>
       <c r="C321">
-        <v>57</v>
+        <v>8</v>
       </c>
       <c r="D321" t="s">
-        <v>632</v>
+        <v>663</v>
       </c>
       <c r="E321" t="s">
-        <v>633</v>
+        <v>664</v>
       </c>
       <c r="F321" t="s">
-        <v>369</v>
+        <v>10</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>683</v>
+        <v>680</v>
       </c>
       <c r="H321" t="s">
-        <v>684</v>
+        <v>681</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
-        <v>1404</v>
+        <v>739</v>
       </c>
       <c r="B322">
         <v>2025</v>
       </c>
       <c r="C322">
-        <v>58</v>
+        <v>1</v>
       </c>
       <c r="D322" t="s">
-        <v>632</v>
+        <v>682</v>
       </c>
       <c r="E322" t="s">
-        <v>633</v>
+        <v>683</v>
       </c>
       <c r="F322" t="s">
-        <v>369</v>
+        <v>684</v>
       </c>
       <c r="G322" s="1" t="s">
         <v>685</v>
       </c>
       <c r="H322" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
-        <v>1405</v>
+        <v>740</v>
       </c>
       <c r="B323">
         <v>2025</v>
       </c>
       <c r="C323">
-        <v>59</v>
+        <v>2</v>
       </c>
       <c r="D323" t="s">
-        <v>632</v>
+        <v>682</v>
       </c>
       <c r="E323" t="s">
-        <v>633</v>
+        <v>683</v>
       </c>
       <c r="F323" t="s">
-        <v>369</v>
+        <v>684</v>
       </c>
       <c r="G323" s="1" t="s">
         <v>687</v>
       </c>
       <c r="H323" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
-        <v>1406</v>
+        <v>741</v>
       </c>
       <c r="B324">
         <v>2025</v>
       </c>
       <c r="C324">
-        <v>60</v>
+        <v>3</v>
       </c>
       <c r="D324" t="s">
-        <v>632</v>
+        <v>682</v>
       </c>
       <c r="E324" t="s">
-        <v>633</v>
+        <v>683</v>
       </c>
       <c r="F324" t="s">
-        <v>369</v>
+        <v>684</v>
       </c>
       <c r="G324" s="1" t="s">
         <v>689</v>
       </c>
       <c r="H324" t="s">
         <v>690</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
-        <v>1407</v>
+        <v>742</v>
       </c>
       <c r="B325">
         <v>2025</v>
       </c>
       <c r="C325">
-        <v>61</v>
+        <v>4</v>
       </c>
       <c r="D325" t="s">
-        <v>632</v>
+        <v>682</v>
       </c>
       <c r="E325" t="s">
-        <v>633</v>
+        <v>683</v>
       </c>
       <c r="F325" t="s">
-        <v>369</v>
+        <v>684</v>
       </c>
       <c r="G325" s="1" t="s">
         <v>691</v>
       </c>
       <c r="H325" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
-        <v>1423</v>
+        <v>743</v>
       </c>
       <c r="B326">
         <v>2025</v>
       </c>
       <c r="C326">
-        <v>62</v>
+        <v>5</v>
       </c>
       <c r="D326" t="s">
-        <v>632</v>
+        <v>682</v>
       </c>
       <c r="E326" t="s">
-        <v>633</v>
+        <v>683</v>
       </c>
       <c r="F326" t="s">
-        <v>369</v>
+        <v>684</v>
       </c>
       <c r="G326" s="1" t="s">
         <v>693</v>
       </c>
       <c r="H326" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
-        <v>1370</v>
+        <v>744</v>
       </c>
       <c r="B327">
         <v>2025</v>
       </c>
       <c r="C327">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D327" t="s">
+        <v>682</v>
+      </c>
+      <c r="E327" t="s">
+        <v>683</v>
+      </c>
+      <c r="F327" t="s">
+        <v>684</v>
+      </c>
+      <c r="G327" s="1" t="s">
         <v>695</v>
       </c>
-      <c r="E327" t="s">
+      <c r="H327" t="s">
         <v>696</v>
-      </c>
-[...7 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
-        <v>816</v>
+        <v>745</v>
       </c>
       <c r="B328">
         <v>2025</v>
       </c>
       <c r="C328">
-        <v>65</v>
+        <v>7</v>
       </c>
       <c r="D328" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="E328" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="F328" t="s">
-        <v>10</v>
+        <v>684</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="H328" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
-        <v>1364</v>
+        <v>1328</v>
       </c>
       <c r="B329">
         <v>2025</v>
       </c>
       <c r="C329">
-        <v>246</v>
+        <v>36</v>
       </c>
       <c r="D329" t="s">
-        <v>695</v>
+        <v>682</v>
       </c>
       <c r="E329" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="F329" t="s">
-        <v>10</v>
+        <v>381</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="H329" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
+        <v>1329</v>
+      </c>
+      <c r="B330">
+        <v>2025</v>
+      </c>
+      <c r="C330">
+        <v>37</v>
+      </c>
+      <c r="D330" t="s">
+        <v>682</v>
+      </c>
+      <c r="E330" t="s">
+        <v>683</v>
+      </c>
+      <c r="F330" t="s">
+        <v>381</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="H330" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331">
+        <v>1330</v>
+      </c>
+      <c r="B331">
+        <v>2025</v>
+      </c>
+      <c r="C331">
+        <v>38</v>
+      </c>
+      <c r="D331" t="s">
+        <v>682</v>
+      </c>
+      <c r="E331" t="s">
+        <v>683</v>
+      </c>
+      <c r="F331" t="s">
+        <v>381</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H331" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332">
+        <v>1327</v>
+      </c>
+      <c r="B332">
+        <v>2025</v>
+      </c>
+      <c r="C332">
+        <v>39</v>
+      </c>
+      <c r="D332" t="s">
+        <v>682</v>
+      </c>
+      <c r="E332" t="s">
+        <v>683</v>
+      </c>
+      <c r="F332" t="s">
+        <v>381</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H332" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333">
+        <v>1348</v>
+      </c>
+      <c r="B333">
+        <v>2025</v>
+      </c>
+      <c r="C333">
+        <v>42</v>
+      </c>
+      <c r="D333" t="s">
+        <v>682</v>
+      </c>
+      <c r="E333" t="s">
+        <v>683</v>
+      </c>
+      <c r="F333" t="s">
+        <v>381</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="H333" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334">
+        <v>1347</v>
+      </c>
+      <c r="B334">
+        <v>2025</v>
+      </c>
+      <c r="C334">
+        <v>43</v>
+      </c>
+      <c r="D334" t="s">
+        <v>682</v>
+      </c>
+      <c r="E334" t="s">
+        <v>683</v>
+      </c>
+      <c r="F334" t="s">
+        <v>381</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H334" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335">
+        <v>1349</v>
+      </c>
+      <c r="B335">
+        <v>2025</v>
+      </c>
+      <c r="C335">
+        <v>44</v>
+      </c>
+      <c r="D335" t="s">
+        <v>682</v>
+      </c>
+      <c r="E335" t="s">
+        <v>683</v>
+      </c>
+      <c r="F335" t="s">
+        <v>381</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="H335" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336">
+        <v>1360</v>
+      </c>
+      <c r="B336">
+        <v>2025</v>
+      </c>
+      <c r="C336">
+        <v>45</v>
+      </c>
+      <c r="D336" t="s">
+        <v>682</v>
+      </c>
+      <c r="E336" t="s">
+        <v>683</v>
+      </c>
+      <c r="F336" t="s">
+        <v>381</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="H336" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337">
+        <v>1351</v>
+      </c>
+      <c r="B337">
+        <v>2025</v>
+      </c>
+      <c r="C337">
+        <v>46</v>
+      </c>
+      <c r="D337" t="s">
+        <v>682</v>
+      </c>
+      <c r="E337" t="s">
+        <v>683</v>
+      </c>
+      <c r="F337" t="s">
+        <v>381</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H337" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338">
+        <v>1350</v>
+      </c>
+      <c r="B338">
+        <v>2025</v>
+      </c>
+      <c r="C338">
+        <v>47</v>
+      </c>
+      <c r="D338" t="s">
+        <v>682</v>
+      </c>
+      <c r="E338" t="s">
+        <v>683</v>
+      </c>
+      <c r="F338" t="s">
+        <v>381</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="H338" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339">
+        <v>1362</v>
+      </c>
+      <c r="B339">
+        <v>2025</v>
+      </c>
+      <c r="C339">
+        <v>49</v>
+      </c>
+      <c r="D339" t="s">
+        <v>682</v>
+      </c>
+      <c r="E339" t="s">
+        <v>683</v>
+      </c>
+      <c r="F339" t="s">
+        <v>381</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="H339" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340">
+        <v>1361</v>
+      </c>
+      <c r="B340">
+        <v>2025</v>
+      </c>
+      <c r="C340">
+        <v>50</v>
+      </c>
+      <c r="D340" t="s">
+        <v>682</v>
+      </c>
+      <c r="E340" t="s">
+        <v>683</v>
+      </c>
+      <c r="F340" t="s">
+        <v>381</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H340" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341">
+        <v>1359</v>
+      </c>
+      <c r="B341">
+        <v>2025</v>
+      </c>
+      <c r="C341">
+        <v>51</v>
+      </c>
+      <c r="D341" t="s">
+        <v>682</v>
+      </c>
+      <c r="E341" t="s">
+        <v>683</v>
+      </c>
+      <c r="F341" t="s">
+        <v>381</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="H341" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342">
+        <v>1372</v>
+      </c>
+      <c r="B342">
+        <v>2025</v>
+      </c>
+      <c r="C342">
+        <v>52</v>
+      </c>
+      <c r="D342" t="s">
+        <v>682</v>
+      </c>
+      <c r="E342" t="s">
+        <v>683</v>
+      </c>
+      <c r="F342" t="s">
+        <v>381</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="H342" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343">
+        <v>1373</v>
+      </c>
+      <c r="B343">
+        <v>2025</v>
+      </c>
+      <c r="C343">
+        <v>54</v>
+      </c>
+      <c r="D343" t="s">
+        <v>682</v>
+      </c>
+      <c r="E343" t="s">
+        <v>683</v>
+      </c>
+      <c r="F343" t="s">
+        <v>381</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H343" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344">
+        <v>1374</v>
+      </c>
+      <c r="B344">
+        <v>2025</v>
+      </c>
+      <c r="C344">
+        <v>55</v>
+      </c>
+      <c r="D344" t="s">
+        <v>682</v>
+      </c>
+      <c r="E344" t="s">
+        <v>683</v>
+      </c>
+      <c r="F344" t="s">
+        <v>381</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="H344" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345">
+        <v>1375</v>
+      </c>
+      <c r="B345">
+        <v>2025</v>
+      </c>
+      <c r="C345">
+        <v>56</v>
+      </c>
+      <c r="D345" t="s">
+        <v>682</v>
+      </c>
+      <c r="E345" t="s">
+        <v>683</v>
+      </c>
+      <c r="F345" t="s">
+        <v>381</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="H345" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346">
+        <v>1403</v>
+      </c>
+      <c r="B346">
+        <v>2025</v>
+      </c>
+      <c r="C346">
+        <v>57</v>
+      </c>
+      <c r="D346" t="s">
+        <v>682</v>
+      </c>
+      <c r="E346" t="s">
+        <v>683</v>
+      </c>
+      <c r="F346" t="s">
+        <v>381</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H346" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347">
+        <v>1404</v>
+      </c>
+      <c r="B347">
+        <v>2025</v>
+      </c>
+      <c r="C347">
+        <v>58</v>
+      </c>
+      <c r="D347" t="s">
+        <v>682</v>
+      </c>
+      <c r="E347" t="s">
+        <v>683</v>
+      </c>
+      <c r="F347" t="s">
+        <v>381</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="H347" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348">
+        <v>1405</v>
+      </c>
+      <c r="B348">
+        <v>2025</v>
+      </c>
+      <c r="C348">
+        <v>59</v>
+      </c>
+      <c r="D348" t="s">
+        <v>682</v>
+      </c>
+      <c r="E348" t="s">
+        <v>683</v>
+      </c>
+      <c r="F348" t="s">
+        <v>381</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="H348" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349">
+        <v>1406</v>
+      </c>
+      <c r="B349">
+        <v>2025</v>
+      </c>
+      <c r="C349">
+        <v>60</v>
+      </c>
+      <c r="D349" t="s">
+        <v>682</v>
+      </c>
+      <c r="E349" t="s">
+        <v>683</v>
+      </c>
+      <c r="F349" t="s">
+        <v>381</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H349" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350">
+        <v>1407</v>
+      </c>
+      <c r="B350">
+        <v>2025</v>
+      </c>
+      <c r="C350">
+        <v>61</v>
+      </c>
+      <c r="D350" t="s">
+        <v>682</v>
+      </c>
+      <c r="E350" t="s">
+        <v>683</v>
+      </c>
+      <c r="F350" t="s">
+        <v>381</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="H350" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351">
+        <v>1423</v>
+      </c>
+      <c r="B351">
+        <v>2025</v>
+      </c>
+      <c r="C351">
+        <v>62</v>
+      </c>
+      <c r="D351" t="s">
+        <v>682</v>
+      </c>
+      <c r="E351" t="s">
+        <v>683</v>
+      </c>
+      <c r="F351" t="s">
+        <v>381</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="H351" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352">
+        <v>1444</v>
+      </c>
+      <c r="B352">
+        <v>2025</v>
+      </c>
+      <c r="C352">
+        <v>63</v>
+      </c>
+      <c r="D352" t="s">
+        <v>682</v>
+      </c>
+      <c r="E352" t="s">
+        <v>683</v>
+      </c>
+      <c r="F352" t="s">
+        <v>381</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H352" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353">
+        <v>1445</v>
+      </c>
+      <c r="B353">
+        <v>2025</v>
+      </c>
+      <c r="C353">
+        <v>64</v>
+      </c>
+      <c r="D353" t="s">
+        <v>682</v>
+      </c>
+      <c r="E353" t="s">
+        <v>683</v>
+      </c>
+      <c r="F353" t="s">
+        <v>381</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>747</v>
+      </c>
+      <c r="H353" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354">
+        <v>1446</v>
+      </c>
+      <c r="B354">
+        <v>2025</v>
+      </c>
+      <c r="C354">
+        <v>65</v>
+      </c>
+      <c r="D354" t="s">
+        <v>682</v>
+      </c>
+      <c r="E354" t="s">
+        <v>683</v>
+      </c>
+      <c r="F354" t="s">
+        <v>381</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H354" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355">
+        <v>1447</v>
+      </c>
+      <c r="B355">
+        <v>2025</v>
+      </c>
+      <c r="C355">
+        <v>66</v>
+      </c>
+      <c r="D355" t="s">
+        <v>682</v>
+      </c>
+      <c r="E355" t="s">
+        <v>683</v>
+      </c>
+      <c r="F355" t="s">
+        <v>381</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H355" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356">
+        <v>1448</v>
+      </c>
+      <c r="B356">
+        <v>2025</v>
+      </c>
+      <c r="C356">
+        <v>67</v>
+      </c>
+      <c r="D356" t="s">
+        <v>682</v>
+      </c>
+      <c r="E356" t="s">
+        <v>683</v>
+      </c>
+      <c r="F356" t="s">
+        <v>381</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H356" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357">
+        <v>1449</v>
+      </c>
+      <c r="B357">
+        <v>2025</v>
+      </c>
+      <c r="C357">
+        <v>68</v>
+      </c>
+      <c r="D357" t="s">
+        <v>682</v>
+      </c>
+      <c r="E357" t="s">
+        <v>683</v>
+      </c>
+      <c r="F357" t="s">
+        <v>381</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="H357" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358">
+        <v>1450</v>
+      </c>
+      <c r="B358">
+        <v>2025</v>
+      </c>
+      <c r="C358">
+        <v>69</v>
+      </c>
+      <c r="D358" t="s">
+        <v>682</v>
+      </c>
+      <c r="E358" t="s">
+        <v>683</v>
+      </c>
+      <c r="F358" t="s">
+        <v>381</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H358" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359">
+        <v>1451</v>
+      </c>
+      <c r="B359">
+        <v>2025</v>
+      </c>
+      <c r="C359">
+        <v>70</v>
+      </c>
+      <c r="D359" t="s">
+        <v>682</v>
+      </c>
+      <c r="E359" t="s">
+        <v>683</v>
+      </c>
+      <c r="F359" t="s">
+        <v>381</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="H359" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360">
+        <v>1452</v>
+      </c>
+      <c r="B360">
+        <v>2025</v>
+      </c>
+      <c r="C360">
+        <v>71</v>
+      </c>
+      <c r="D360" t="s">
+        <v>682</v>
+      </c>
+      <c r="E360" t="s">
+        <v>683</v>
+      </c>
+      <c r="F360" t="s">
+        <v>381</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H360" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361">
+        <v>1453</v>
+      </c>
+      <c r="B361">
+        <v>2025</v>
+      </c>
+      <c r="C361">
+        <v>72</v>
+      </c>
+      <c r="D361" t="s">
+        <v>682</v>
+      </c>
+      <c r="E361" t="s">
+        <v>683</v>
+      </c>
+      <c r="F361" t="s">
+        <v>381</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H361" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362">
+        <v>1454</v>
+      </c>
+      <c r="B362">
+        <v>2025</v>
+      </c>
+      <c r="C362">
+        <v>73</v>
+      </c>
+      <c r="D362" t="s">
+        <v>682</v>
+      </c>
+      <c r="E362" t="s">
+        <v>683</v>
+      </c>
+      <c r="F362" t="s">
+        <v>381</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H362" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363">
+        <v>1455</v>
+      </c>
+      <c r="B363">
+        <v>2025</v>
+      </c>
+      <c r="C363">
+        <v>74</v>
+      </c>
+      <c r="D363" t="s">
+        <v>682</v>
+      </c>
+      <c r="E363" t="s">
+        <v>683</v>
+      </c>
+      <c r="F363" t="s">
+        <v>381</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="H363" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364">
+        <v>1475</v>
+      </c>
+      <c r="B364">
+        <v>2025</v>
+      </c>
+      <c r="C364">
+        <v>75</v>
+      </c>
+      <c r="D364" t="s">
+        <v>682</v>
+      </c>
+      <c r="E364" t="s">
+        <v>683</v>
+      </c>
+      <c r="F364" t="s">
+        <v>381</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H364" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365">
+        <v>1476</v>
+      </c>
+      <c r="B365">
+        <v>2025</v>
+      </c>
+      <c r="C365">
+        <v>76</v>
+      </c>
+      <c r="D365" t="s">
+        <v>682</v>
+      </c>
+      <c r="E365" t="s">
+        <v>683</v>
+      </c>
+      <c r="F365" t="s">
+        <v>381</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="H365" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366">
+        <v>1477</v>
+      </c>
+      <c r="B366">
+        <v>2025</v>
+      </c>
+      <c r="C366">
+        <v>77</v>
+      </c>
+      <c r="D366" t="s">
+        <v>682</v>
+      </c>
+      <c r="E366" t="s">
+        <v>683</v>
+      </c>
+      <c r="F366" t="s">
+        <v>381</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H366" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367">
+        <v>1478</v>
+      </c>
+      <c r="B367">
+        <v>2025</v>
+      </c>
+      <c r="C367">
+        <v>78</v>
+      </c>
+      <c r="D367" t="s">
+        <v>682</v>
+      </c>
+      <c r="E367" t="s">
+        <v>683</v>
+      </c>
+      <c r="F367" t="s">
+        <v>381</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H367" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368">
+        <v>1479</v>
+      </c>
+      <c r="B368">
+        <v>2025</v>
+      </c>
+      <c r="C368">
+        <v>79</v>
+      </c>
+      <c r="D368" t="s">
+        <v>682</v>
+      </c>
+      <c r="E368" t="s">
+        <v>683</v>
+      </c>
+      <c r="F368" t="s">
+        <v>381</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H368" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369">
+        <v>1480</v>
+      </c>
+      <c r="B369">
+        <v>2025</v>
+      </c>
+      <c r="C369">
+        <v>80</v>
+      </c>
+      <c r="D369" t="s">
+        <v>682</v>
+      </c>
+      <c r="E369" t="s">
+        <v>683</v>
+      </c>
+      <c r="F369" t="s">
+        <v>381</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="H369" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370">
+        <v>1483</v>
+      </c>
+      <c r="B370">
+        <v>2025</v>
+      </c>
+      <c r="C370">
+        <v>81</v>
+      </c>
+      <c r="D370" t="s">
+        <v>682</v>
+      </c>
+      <c r="E370" t="s">
+        <v>683</v>
+      </c>
+      <c r="F370" t="s">
+        <v>381</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H370" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371">
+        <v>1490</v>
+      </c>
+      <c r="B371">
+        <v>2025</v>
+      </c>
+      <c r="C371">
+        <v>82</v>
+      </c>
+      <c r="D371" t="s">
+        <v>682</v>
+      </c>
+      <c r="E371" t="s">
+        <v>683</v>
+      </c>
+      <c r="F371" t="s">
+        <v>381</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="H371" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372">
+        <v>1491</v>
+      </c>
+      <c r="B372">
+        <v>2025</v>
+      </c>
+      <c r="C372">
+        <v>83</v>
+      </c>
+      <c r="D372" t="s">
+        <v>682</v>
+      </c>
+      <c r="E372" t="s">
+        <v>683</v>
+      </c>
+      <c r="F372" t="s">
+        <v>381</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H372" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373">
+        <v>1492</v>
+      </c>
+      <c r="B373">
+        <v>2025</v>
+      </c>
+      <c r="C373">
+        <v>84</v>
+      </c>
+      <c r="D373" t="s">
+        <v>682</v>
+      </c>
+      <c r="E373" t="s">
+        <v>683</v>
+      </c>
+      <c r="F373" t="s">
+        <v>381</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="H373" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374">
+        <v>1493</v>
+      </c>
+      <c r="B374">
+        <v>2025</v>
+      </c>
+      <c r="C374">
+        <v>85</v>
+      </c>
+      <c r="D374" t="s">
+        <v>682</v>
+      </c>
+      <c r="E374" t="s">
+        <v>683</v>
+      </c>
+      <c r="F374" t="s">
+        <v>381</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>788</v>
+      </c>
+      <c r="H374" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375">
+        <v>1494</v>
+      </c>
+      <c r="B375">
+        <v>2025</v>
+      </c>
+      <c r="C375">
+        <v>86</v>
+      </c>
+      <c r="D375" t="s">
+        <v>682</v>
+      </c>
+      <c r="E375" t="s">
+        <v>683</v>
+      </c>
+      <c r="F375" t="s">
+        <v>381</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H375" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376">
+        <v>1495</v>
+      </c>
+      <c r="B376">
+        <v>2025</v>
+      </c>
+      <c r="C376">
+        <v>87</v>
+      </c>
+      <c r="D376" t="s">
+        <v>682</v>
+      </c>
+      <c r="E376" t="s">
+        <v>683</v>
+      </c>
+      <c r="F376" t="s">
+        <v>381</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="H376" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377">
+        <v>1370</v>
+      </c>
+      <c r="B377">
+        <v>2025</v>
+      </c>
+      <c r="C377">
+        <v>4</v>
+      </c>
+      <c r="D377" t="s">
+        <v>794</v>
+      </c>
+      <c r="E377" t="s">
+        <v>795</v>
+      </c>
+      <c r="F377" t="s">
+        <v>26</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H377" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378">
+        <v>816</v>
+      </c>
+      <c r="B378">
+        <v>2025</v>
+      </c>
+      <c r="C378">
+        <v>65</v>
+      </c>
+      <c r="D378" t="s">
+        <v>794</v>
+      </c>
+      <c r="E378" t="s">
+        <v>795</v>
+      </c>
+      <c r="F378" t="s">
+        <v>10</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="H378" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379">
+        <v>1364</v>
+      </c>
+      <c r="B379">
+        <v>2025</v>
+      </c>
+      <c r="C379">
+        <v>246</v>
+      </c>
+      <c r="D379" t="s">
+        <v>794</v>
+      </c>
+      <c r="E379" t="s">
+        <v>795</v>
+      </c>
+      <c r="F379" t="s">
+        <v>10</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="H379" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380">
         <v>1363</v>
       </c>
-      <c r="B330">
-[...2 lines deleted...]
-      <c r="C330">
+      <c r="B380">
+        <v>2025</v>
+      </c>
+      <c r="C380">
         <v>3</v>
       </c>
-      <c r="D330" t="s">
-[...12 lines deleted...]
-        <v>706</v>
+      <c r="D380" t="s">
+        <v>802</v>
+      </c>
+      <c r="E380" t="s">
+        <v>803</v>
+      </c>
+      <c r="F380" t="s">
+        <v>388</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="H380" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381">
+        <v>1464</v>
+      </c>
+      <c r="B381">
+        <v>2025</v>
+      </c>
+      <c r="C381">
+        <v>4</v>
+      </c>
+      <c r="D381" t="s">
+        <v>802</v>
+      </c>
+      <c r="E381" t="s">
+        <v>803</v>
+      </c>
+      <c r="F381" t="s">
+        <v>388</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="H381" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382">
+        <v>1456</v>
+      </c>
+      <c r="B382">
+        <v>2025</v>
+      </c>
+      <c r="C382">
+        <v>1</v>
+      </c>
+      <c r="D382" t="s">
+        <v>808</v>
+      </c>
+      <c r="E382" t="s">
+        <v>809</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="H382" t="s">
+        <v>811</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -11434,50 +13098,102 @@
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
     <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>