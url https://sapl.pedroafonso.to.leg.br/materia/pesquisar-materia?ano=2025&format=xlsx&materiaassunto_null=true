--- v1 (2026-01-27)
+++ v2 (2026-03-14)
@@ -1160,51 +1160,51 @@
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1393/req._na18-2025_req._o_envio_de_uma_cacamba_e_maquina_retroescavadeira_para_fazenda_monte_alegre.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por intermédio da Secretaria competente, o envio de uma caçamba e a máquina retroescavadeira, para a Fazenda Monte Alegre, situada no distrito da Agrovila Bom Tempo - Pedro Afonso -TO.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1433/req_na19-2025_requer_a_instalacao_de_placa_de_proibido_estacionar_na_av_mestre_bento.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por intermédio da Secretaria competente, instalação de placa de proibido estacionar na Av. Mestre Bento, no perímetro que corresponde a localização da Loja Coapa na cidade de Pedro Afonso -TO.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/1435/req_na_20-2025_requer_o_alargamento_do_retorno_localizado_na_av_mestre_bento.pdf</t>
   </si>
   <si>
     <t>Requer ao Poder Executivo Municipal, por intermédio da Secretaria competente, o alargamento do retorno localizado na Avenida Mestre Bento, próximo ao Hotel Benfica, com o objetivo de melhorar a fluidez do tráfego e aumentar a segurança dos motoristas e pedestres que utilizam essa vida na cidade de Pedro Afonso -TO.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>CCRFO - Comissão de Constituição, Redação, Finanças e Orçamento</t>
+    <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/837/projeto_de_decreto_legislativo_no_001-2025_-_julgamneto_contas_consolidadas_poder_executivo_2021.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O JULGAMENTO DAS CONTAS CONSOLIDADAS DO MUNICÍPIO DE PEDRO AFONSO, RELATIVAS AO EXERCÍCIO DE 2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/838/projeto_de_decreto_legislativo_no_002-2025_-_julgamneto_contas_consolidadas_poder_executivo_2022.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O JULGAMENTO DAS CONTAS CONSOLIDADAS DO MUNICÍPIO DE PEDRO AFONSO, RELATIVAS AO EXERCÍCIO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Joaquim Martins Pinheiro Filho</t>
   </si>
   <si>
     <t>http://64.23.167.191/sapl/public/materialegislativa/2025/822/projeto_de_lei_complementar_no001-2025.pdf</t>
   </si>
@@ -2845,51 +2845,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/746/01_-_indicacao_no_001-2025_-_20-01_-_ver._marquim_-_calcamento_das_rampas_do_rio_sono_e_tocantins..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/747/02_-_indicacao_no_003-2025_-_10-02_-_ver._pedro_-_plano_de_saude_para_serviores_municipais..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/748/03_-_indicacao_no_004-2025_-_10-02_-_ver._pedro_-_realizacao_de_limpeza_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/749/04_-_indicacao_no_007-2025_-_10_-_02_-ver._pedro_-_abertura_de_concurso_publico.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/750/05_-_indicacao_no_002-2025_-_12_-_02_-_ver._pedro_-_cliacao_de_uma_clinica_veterinaria..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/751/06_-_indicacao_no_006-2025_-_12-02_-_ver._pedro_-_cronstrucao_de_uma_clinica_de_saude_para_mulheres..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/752/07_-_indicacao_no_008-2025_-_13-02_-_ver._pedro_-_criacao_de_centro_de_recuperacao_e_apoio_dependetes_quimicos..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/753/08_-_indicacao_no_001-2025_-_14-02_-_ver._fabricio_-_extensao_de_canteiro_central_avenida_pedro_marinao.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/754/09_-_indicacao_no_002-2025_-_14-02_-_ver._fabricio_-__doacao_de_terreno_setor_portelinha..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/776/indicacao_no001-2025_-_24-02-2025a_construcao_creche_no_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/777/indicacao_no002-2025_24-02-2025_construcao_praca_publica_setor_portelinha.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/791/01_-_indicacao_no_009-2025_-_instalacao_de_quebra-molas_na_avenida_santa_luzia_19-02.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/792/02_-_indicacao_no_001-2025_-_implantacao_de_centros_de_fisioterapia_27-02.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/793/03_-_indicacao_no_003-2025_-_calcamento_do_parque_de_exposicoes_jose_damasceno_de_sa_27-02.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/812/indicacao_n_001-2025_pleitear_a_mudanca_do_atual_porte_i_para_ii_da_unid_hospitalar__vereador_antonio_neto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/813/indicacao_n_002-2025_aquisicao_de_uniformes_para_grupo_da_terceira_idade_nosso_municipio_vereador_marcos_catabriga.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/814/indicacao_n002-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/828/20-03_indicacao_no03-2025_indiva_a_divulgacao_da_biblioteca_virtual__portal_dominio_publico.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/829/20-03_indicacao_no04-2025_indica_a_contratacao_de_medico_geriatra.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/830/20-03_indicacao_no05-2025_indica_que_seja_realizada_campanhas_de_prevencao_a_bronquiolite.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/831/21-03_indicacao_no003-2025_indica_a_construcao_espaco_coberto_de_lazer_no_centro_educacao_infantil.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/832/21-03_indicacao_no004-2025_indica_a_realizacao_de_obras_de_reformas_da_praca_central_do_pop_shopping.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/833/31-03_indicacao_no_002-2025_solicitando_a_implantacao_de_sinalizacao_viaria_na_rua_08__maranatha.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/840/ind._no015-2025_construcao_de_2_quiosques_de_alimentacao_na_praca.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/852/indicacao_no005-2025__indica_de_areas_no_municipios_para_elaboracao_e_futura_implementacao_de_projetos_hab..pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/940/indicacoaao_07-2025_indica_a_construcoaao_instalacoaao_e_manutencoaao_de_melhorias_na_rampa_rio_to.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/941/indicacoaao_08-2025__indica_a_instalacoaao_de_bebedouros_de_augua_potauvel_destinada_ao_consumo_gratuito_populacoaao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/942/indicacoaao_n_003-2025_indica_que_seja_realizada_avaliacoaao_tecnica_das_condicooes_de_trbalho_da_casa_do_idoso.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/943/indicacoaao_n_006-2025_a_ampliacoaao_e_reforma_da_rotatouria_prouximo_estab_farol.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/944/indicacoaao_n002-2025_a_implantacoaao_de_um_centro_especializacoaao_em_reabilitacoaao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/945/indicacoaao_n_001-2025_a_realizacoaao_limpeza_remocoaao_de_entulhos_acumulados_nas_margens_da_quadra.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/946/indicacoaao_n_002-2025_providencie_a_extensaao_da_rede_de_abastecimento_de_agua_setor_canada.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/947/indicacoaao_n010-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/957/indicacao_09-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1034/indicacoaao_n_007-2025_indica_recapeamento_da_rua_saao_joaaao_no_st._santo_afonso.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1035/indicacoaao_n_10-2025_indica_a_instalacoaao_de_iluminacoaao_publica_no_ponto_de_acesso_ao_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1312/indicacao_na004-2025_indica_construcao_de_um_patio_destinado_aos_estacionamento_de_caminhoneiro.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1320/indicacao__na_011-2025_indica_a_construcao_de_uma_praca_com_espaco_de_lazer_para_comunidade_portelinha.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1321/indicacao_na_012-2025_indica_a_costrucao_de_um_portal_na_entrada_do_setor_portelinha.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1323/indicacao_no013-2025_indica_a_realizacao_de_programa_de_castracao_dos_animais.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/759/requerimento_no_001-2025_-_ver._gordo_-_construcao_de_praca_com_estacinamento_setor_aeroporto_ii..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/760/requerimento_no_002-2025_-_ver._gordo_-_recuperacao_asfaltica_rua_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/761/requerimento_no_003-2025_-_ver._gordo_-_recuperacao_asfaltica_rua_lindolfo.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/762/requerimento_no_004-2025_-_ver._gordo_-_construcao_de_praca_e_academia_ao_ar_livre_setor_castanheira..pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/795/requerimento_no_006-2025_-__calcamentos_nas_travesas_b_e_d.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/797/requerimento_no_007-2025_-_calcamento_na_travessa_01.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/863/req._no008-2025_requer_a_revitalizacao_da_rampa_do_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/958/req._n_009-2025__requer_a_instalacoaao_de_iluminacoaao_puublica_na_pracoa_lagoa_da_cruz.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1314/req._na_011-2025_requer_a_limpeza_geral_da_sede_da_agrovila__bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1385/req._na_013-2025_solicita_a_construcao_de_uma_praca_publica_com_academia_ao_ar_livre_agrovila_.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1397/req._na_014-2025_requer_a_implantacao_de_pontos_de_onibus_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1434/req._na_01-2025_requer_a_criacao_da_casa_mun._de_acolhimento_institucional_para_criancas_e_adolecentes.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1470/req._no02-2025_requer_que_viabilize_a_construcao_de_um_portal_na_entrada_do_distrito_de_porto_real.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/768/requerimento_no_002-2025_-_ver._coelho_-_construcao_de_ponte_corrego_lajeadinho.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/769/requerimento_no_003-2025_-_ver._coelho_-_construcao_de_ponte_corrego_grota_da_onca.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/781/requer._no004-2025_-_realizacao_serv_recuperacao_estrada_vicinais.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/782/requer._no005-2025_-_disponib_de_uma_pa_carregadeira_e_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/810/requerimento_n006-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/811/requerimento_n007-2025_vereador_coelho_soares.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/824/req._no_008-2025_requer_escoamento_das_aguas_pluviais_na_avenida_sousa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/825/req._no_009-2025_requer_a_ampliacao_da_galeria_de_agua_pluviais.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/842/req._no012-2025_a_limpeza_do_setor_castanheiras.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/844/req._no013-2025_a_construcao_de_redutores_de_velocidade_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/845/req._no014-2025_a_extensao__da_rede_de_abastecimento_de_agua_lot_do_regino.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/854/req._no015-2025__a_recuperacao_o_levantamento_e_o_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/962/req._n_017-2025_requer_a_instalacoaao_de_uma_tela_de_protecoaao_em_frente_ao_campo_aldeinha.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/961/req._n018-2025_requer_retorno_e_reativacoaao_do_antigo_porto_de_embarcacoaao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1308/req._na_019-2025_requer_a_disponib._de_uma_retroescavadeira_para_regiao_do_rio_negro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1315/req._na_020-2025_requer_a_recuperacao_da_estrada_que_liga_o_trevo_da_agrovila_bom_tempo_a_ponte_do_sr._alcides_ramos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1316/req._na_021-2025_requer_que_seja_realizada_a_recuperacao_da_estrada_que_liga_a_cbpo__a_sede_da_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1319/req._na_022-2025_requer_a_realizacao_de_campeonato_esportivo_envolvendo_epuipes_zona_rural.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1335/requerimento_no_023-2025_-_solicitacao_de_maquinariso_fazenda_propriedade_do_vereador.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1357/req._no_024-2025_requer_o_envio_maquinarios_tais_como_patrol_pa_carregadeira_e_cacamba.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1355/req._na_025-2025_requer_a_disponibilizacao_de_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1358/req.na_026-2025_requer_o_envio_de_um_trator_para_realizacao_de_servicos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1368/req._na027-2025_requer_a_disp._de_uma_grade_para_trator_com_a_finalidade_de_realizar_servicos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1382/req._na_028-2025_requer_o_envio_de_uma_cacamba_para_atender_a_demanda_de_cascalhamento.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1394/req._na029-2025_requer_a_instalacao_de_placas_de_indentificacao_de_logradouros_publicos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1409/req._na_030-2025_requer_a_disponib._de_um_onibus_para_transporte_de_35_alunos.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1440/req._na_031-2025_requer_a_construcao_de_redutores_de_velocidade_quebra_molas_na_rua_9.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1441/req._na_032-2025_requer_a_construcao_de_dois_mata_burros_na_estrada_vicinal_entre_fazenda_parada_e_a_fazenda_netario.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1465/req.no033-2025_requer_a_realizacao_de_estudos_tecnicos_acerca_de_implantar_mao_unica_avenida_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1399/req._na_002-2025_requer_que_promova_uma_mobilizacao_educativa_por_meio_das_secretarias_mun._saude_ambiente_e_educacao.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/778/requer._no001-2025_-_execucao_servicos_terraplanagem_na_estrada.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/779/requer._no002-2025_-_disponib_de_trator_com_grade_para_gradeamento.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/807/requerimento_n__003-2025_-_ver._mirneuton.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/823/req._no_004-2025_requer_a_realizacao_de_dervicos_terraplanagemreposicao_aterro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/834/req._no005-2025_requer_o_cascalhamento_da_estrada_q_da_acesso_a_chacara_nova_esperanca.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/997/req._n007-2025_a_instalacoaao_de_redutores_de_velocidades_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1341/req._na008-2025_requer_a_ligacao_da_rede_de_abastecimento_de_agua_nas_ruas_da_segunda_etapa_setor_uniao.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1340/req._na009-2025_requer_o_concerto_imediato_da_cobertura_da_quadra_de_esportes_bruno_wericles.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1353/req._na_010-2025_requer_que_seja_realizada_a_construcao_de_uma_quadra_de_esporte.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1354/req._na_011-2025_requer_o_envio_maquinario_para_realizacao_de_servicos_de_terraplanagem.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1365/req._na_012-2025_requer_a_abertura_no_canteiro_central_da_avenida_no02_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1395/req._na013-2025_requer_a_disponib_de_um_trator_com_grade_para_gradeamento_de_2_alqueres.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1398/req._na_014-2025_requer_a_criacao_de_um_centro_de_atividades_complementares.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1468/req._na015-2025_requer_o_asfaltamento_em_torno_em_torno_da_praca_central_local._regiao_vila_mata_verde.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1469/req._no016-2025_requer_a_construcao_de_quebra_molas_em_frente_a_casa_da_senhora_albina.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/853/req._no002-2025__requer_a_disponibilizacao_de_caminha_o_pertecente_a_frota_mun..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/862/req._no003-2025_requer_que_faca_gestoes_junto_a_agencia_do_banco_bradesco.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1040/req._n004-2025__requer_a_disponib._de__maquinarios.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1313/req._na_005-2025_requer_o_cascalhamento_da_vias_do__setor_uniao.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1344/req_na007-2025_requer_a_instalacao_de_quadro_automatico_no_sistema_de_abastecimento_de_agua_em_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1343/req_na008-2025_requer_a_disponibilizacao_de_uma_pa_carregadeira.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1336/requerimento_no_009-2025_a_disponibilizacao_de_uma_cacamba_para_realizacao_de_servicos_essenciais_na_fazenda_ceu_azul.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1392/req._no010-2025_requer_a_disponibilizacao_de_transportesvam_da_secretaria_mun._de_saude.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/763/requerimento_no_001-2025_-_ver._pedro_-_disponibilizacao_de_trator_para_beneficio_de_familias.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/764/requerimento_no_002-2025_-_ver._pedro_-_instalacao_de_iluminacao_publica_no_setor_canada..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/794/requerimento_no_003-2025_-__limpeza_vila_mata_verde.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/808/requerimento_n004-2025_vereador_pedro_belarmino.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/809/requerimento_n005-2025_vereador_pedro_belarmino.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/826/req._no007-2025_requer_a_relacao_detalhada_dos_medicamentos_fornecidos_secretaria_mun._saude.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/846/req._no014-2025_a_viabilidade_de_transformar_a_avenida_numeriano_b._de_castro_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/847/req._no015-2025_a_instalacao_de_2_lixeiras_na_passarela.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/855/req._no016-2025_requer_a_construcao_de_quiosques_no_espaco_publico.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/856/req._no017-2025_requer_a_contratacao_de_um_zelador_para_praca_e_quadra_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/864/req._no018-2025_a_realizacao_de_limpeza_e_constr._calcada_area_caixa_dagua.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/865/req._no019-2025_requer_que_estude_a_viabilidade_de_xriacao_da_guarda_mun..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/866/req._no020-2025_req._que_realize_gestoes_junto_ao_governocom_objetivo_de_liberar_areas.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/867/req._no021-2025_requer_a_realizacao_estudo_tecnico_para_perfuracao_de_pocos..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/960/req._n_022-2025_requer_a_realizacoaao_de_um_estudo_para_adquirir_os_livros_do_lourivan_castro.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/963/req._n_023-2025_a_instalacoao_forro_e_climatizacoaao_em_2_salas_de_aulas.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1039/req._n_025-2025_requer_que_informe_a_esta_casa_de_leis_quais_acooesprojetos_ou_obras.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1041/req._n026-2025_requer_a_construcoaao_de_rampa_de_acesso_ao_rio_sono.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1309/req._no_027-2025_requer_a_criacao_de_monumento_em_homenagem_a_libertacao_dos_jegues.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1318/req._na_028-2025_requer_a_construcao_de_um_novo_reservatorio_de_agua_no_distrito_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1317/req._na029-2025_requer_a_disponibilizacao_de_um_carro_pipa_para_atender_familias_de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1325/req._na030-2025_requer_a_recuperacao_da_ponte_sobre_corrego_boa_esperanca.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1337/req._na031-2025_req._a_construcao_de_calcamento_destinado_a_pedestres.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1367/req._na_032-2025_requer_a_disponibilizacao_de_um_onibus_para_transporte_de_30_alunos.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1386/req._na033-2025_requer_a_disponib._de_um_trator_agricula.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1410/req._na_034-2025_requer_a_revitalizacao_da_placa_localizada_em_frente_a_unidade_de_acolhimento.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1438/req_na035-2025_requer_por_intermedio_do_sisapa_a_instalacao_da_rede_agua_na_residencia_do_sr_jucivanio.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1442/req._na_036-2025_requer_a_recuperacao_e_revitalizacao_da_quadra_de_esportes_nemesio_martins..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1443/req._na_037-2025_requer_o_patrolamento_e_a_recuperacao_da_estrada_que_compreende_o_trecho_entre_ponte_da_gameleira.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/765/requerimento_no_001-2025_-_ver._romulo_-_instalacao_de_seguranca_viaria_na_avenida_mestre_bento..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/766/requerimento_no_002-2025_-_ver._romulo_-_instalacao_de_semaforos_nas_principais_avenidas_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/767/requerimento_no_003-2025_-_ver._romulo_envio_de_maquinas_para_realizacao_de_servicos_de_infraestrutura..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/780/requer._no004-2025_-_aquisicao_de_terreno_construcao_setor_industrial.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/783/requer._no005-2025_-_levant_poste_que_nessecitam_de_lampadas_na_zona_urbana_e_rural.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/800/req._n_006-2025__a_reforma_da_praca_maria_galvao_do_quiosque_e_da_estacao_digital__vereador_romulo_soares.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/804/req._n_007-2025__o_recapeamento_das_ruas_02_e_03_st_maria_galvao_vereador_romulo_soares.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/836/req._no_009-2025_requer_a_implantacao_de_uma_farmacia_basica_na_unid_basica_de_saude_ubs.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/835/req._no010-2025__requer_o_recapeamento_da_rua_jose_florencio_r._filho.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/843/req._no012-2025_que_faca_gestoes_junto_ao_senai.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/959/req._n_13-2025_requer_a_realizacoaao_de_multiraao_de_limpeza_na_zona_rural_e_urbana.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1038/req._n_014-2025_requer_a_disponib_do_espacoo_do_novo_parque_de_exposicoaao_agropecuario.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1307/req._na_015-2025_requer_a_abertura_de_uma_via_publica_que_inicia_no_final_da_avenida_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1339/req._na016-2025_requer_que_realize_gestao_junto_ao_governo_do_estado_do_tocantins_a_construcao_posto_saude.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1338/req._na017-2025_requer_a_contratacao_de_um_agente_comunitario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1369/req._no018-2025_requer_a_realizacao_de_estudo_de_viabilidade_para_instalacao_bercario.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1383/req._na019-2025_req._a_realizacao_de_estudo_de_viabilidade_para_avaliar_a_possibilidade_de_criacao_de_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1381/req._na_020-2025_requer_a_realizacao_de_um_multirao_de_limpeza_so_setor_aeroporto_2.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1436/req_na021-2025_requer_que_verifique_a_viab_de_constr._de_um_estacionamentona_praca_antonio_de_sousa_aguiar.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1437/req_na022-2025_requer_que_seja_incluida__no_projeto_da_orla_construida_na_praia_dunga_uma_sede_destinada_a_forcas_de_seguranca.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1439/req._na_023-2025_requer_que_seja_realizado_um_estudo_de_estudo_de_viabilidade_tecnica_visando_a_construcao_de_um_estacionamento.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1466/req._no024-2025_requer_a_instalacao_de_dois_reservatorios_de_agua_no_setor_aeroporto_02.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1467/req._no025-2025_requer_que_viabilize_a_abertura_de_um_campo_de_na_regiao_do_rio_negro.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/755/requerimento_no_001-2025_-_ver._fabricio_-_reforma_das_caixas_dagua_fixas..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/756/requerimento_no_002-2025_-_ver._fabricio_-_recuperacao_das_ruas_setor_canavieiras.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/757/requerimento_no_003-2025_-_ver._fabricio_-_revitalizacao_do_cemiterio_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/758/requerimento._no_05-2025_-_ver._fabricio-_realizacao_de_canalizacao_das_aguas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/796/requerimento_no_006-2025_-_realizacao_de_vistoria_na_ponte_do_lageado_denominada_ponte_elton_valdir_schmitz_em_carater_de_urgencia..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/803/req._n_007-2025__o_fechamento_da_avenida_mestre_bento_nos_domingos_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/805/req._n_08-2025__envio_de_uma_retroescavadeira_e_cacamba_realizar_servicos_chacara_trindade_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/806/req._n_10-2025__envio_de_maquinarios_ao_sr._josinei_bezerra_soares_e_familia_vereador_fabricio_martins.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/841/req._no011-2025__o_envio_de_maquinarios_na_fazenda_sr_sebastiao_caval_santiago.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1342/req._na_12-2025_requer_o_envio_dos_maquinarios_retroescavadeirapatrole_uma_cacamba.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1356/req._no_14-2025_requer_a_disponibilizacao_de_um_caminhao_para_o_transporte_de_6.000_telhas.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1366/req._na_15-2025_requer_providencias_quanto_a_organizacao_e_padronizacao_dos_boxes_da_feira_coberta_mun..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1396/req._na_17-2025_requer_o_envio_de_maquinario_tal_seja_a_retroescavadeira_para_chacara_paraiso.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1393/req._na18-2025_req._o_envio_de_uma_cacamba_e_maquina_retroescavadeira_para_fazenda_monte_alegre.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1433/req_na19-2025_requer_a_instalacao_de_placa_de_proibido_estacionar_na_av_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1435/req_na_20-2025_requer_o_alargamento_do_retorno_localizado_na_av_mestre_bento.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/837/projeto_de_decreto_legislativo_no_001-2025_-_julgamneto_contas_consolidadas_poder_executivo_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/838/projeto_de_decreto_legislativo_no_002-2025_-_julgamneto_contas_consolidadas_poder_executivo_2022.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/822/projeto_de_lei_complementar_no001-2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/770/projeto_de_resolucao_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/771/projeto_de_resolucao_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/790/projeto_de_resolucao_no_003-2025_-_dispoe_sobre_a_reestruturacao_do_quadro_comissionado_da_camara_municipal_de_pedro_afonso_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/817/projeto_de_resolucao_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/821/projeto_de_resolucao_no_004_de_17_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1031/projeto_de_resolucoaao_n01-2025_autoriza_a_mesa_diretora_da_camara_mun._de_pedro_afonso_-to_conceder_o_titulo_cidadaa_pedroafosina.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1037/projeto_de_resolucoaao_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1075/projeto_de_resolucao_no_005-2025_-_regimento_interno_pedro_afonso_-_final.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1326/projeto_de_resolucao_no_003-2025_-_concede_titulo_de_cidadao_ao_depu._alexandre_guimaraes.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1334/projeto_de_resolucao_no003-2025_titulo_cidadao_maria_benedita_moraes.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1345/projeto_de_resolucao_no002-2025__tiulo_cidadao_jorge_pires.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1376/projeto_de_resolucao_na001-2025_concede_o_titulo_de_cidada_pedroafonsino_ao_senhor_edson_shultz_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1377/projeto_de_resolucao_na0001-2025_concede_titulo_de_cidada_pedroafonsino_ao_senhor_francisco_alberto_alves_barros.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1378/projeto_de_resolucao_na001-2025_concede_titulo_de_cidada_pedroafonsina_maria_de_fatima_camara.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1379/projeto_de_resolucao_na_002-2025_cria_no_ambito_da_camara_mun._de_pedro_afonso_a_procuradoria_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1384/resolucao_na016-2025_concede_titulo_cidadao_prdroafonsinoao_senhor_antonio_marcos_camara_catabriga.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1400/projeto_de_resolucao_na004-2025_dispoe_sobre_a_concessao_do_titulo_de_cidadao_pedroafonsino_antonio_ferreira_almeida_neto.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1411/projeto_de_resolucao_na004-2025__concede_o_titulo_de_cidada_pedro_afonsina_a_senhora_juma_marques_cardoso.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1430/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1431/projeto_de_resolucao_na006-2025_concede_o_titulo_de_cidadao_pedroafonsino_ao_sr._luan_natanael_nunes_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1432/projeto_de_resolucao_na007-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_josirene_maria_a._de_araujo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1463/projeto_de_resolucao_no_006-2025_-_atualizacao_auxilio_alimentacao_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1472/projeto_de_resolucao_no_004-2025_titulo_de_cidadao_hiromi.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1473/projeto_de_resolucao_no_002-2025_titulo_de_cidadao_vilmar_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1489/projeto_de_resolucao_na06_de_12_de_dezembro_de_2025_dispoe_sobre_a_atualizacao_dos_valores_do_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/732/autografo_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025._2.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/733/autografo_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/734/autografo_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso._2.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/735/autografo_de_lei_no_004-2205_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/736/autografo_de_lei_no_005-2025_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/737/autografo_de_lei_no_006-2025_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/738/autografo_de_lei_no_007-2025_-_dispoe_sobre_autorizacao_legislaiva_a_continuidade_da_denominada_secretaria_extraordinaria_para_resolucoes_de_problematicas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/784/autografo_de_lei_no_008-2025_institui_no_municipio_de_pedro_afonso-to_a_semana_da_cultura_catolica..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/785/autografo_de_lei_no_009-2025_-_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/786/autografo_de_lei_no_010-2025_-_pccr_educacao.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/798/autografo_de_lei_n011-2025_denominacao_da_praca_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/799/autografo_de_lei_n012-2025_instalacao_de_cameras_de_vigilancias.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/801/autografo_de_lei__no013-2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/802/autografo_de_lei_no014-2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/820/autografo_de_lei__no015-2025_institui_programa_de_recuperacao_fiscal-refis_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/839/autografo_de_lei_no016-2025__semana_da_cidadania_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/848/autografo_de_lei_no017-2025_dia_mundial_de_concientizacao_sobre_a_neuromielite_optica.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/849/autografo_de_lei_no018-2025_altera_a_redacao_do_art._1o_da_lei_no0512017_de_17_de_novembro_do_ano_de_2017.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/850/autografo_de_lei_no019-2025__revoga_o_2o_do_art._2o_da_lei_complementar_001-2025_refis.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/851/autografo_de_lei_no020-2025__dispoe_sobre_a_obrigatoriedade_do_poder_executivo_mun_adotar_provid._p_o_cumpr._das_normas_federais.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/857/autografo_de_lei_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/858/autografo_de_lei_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/868/autografo_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/869/autografo_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/870/autografo_de_lei_no025-2025..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/871/autografo_de_lei_n_026-2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/872/autografo_de_lei_n_027-2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/873/autografo_de_lei_n_028-2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/905/autografo_de_lei_n_029-2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/938/autografo_de_lei_n_030-2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/939/autografo_de_lei_n031-2025_institui_o_prejeto.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1032/autougrafo_de_lei_n_032-2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1310/autografo_de_lei_na_033-2025_dispoe_sobre_denominacao_da_escola_mun._de_anajanopolis_porto_real.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1311/autografo_de_lei_na_034-2025_autorizo_o_executivo_mun._a_receber_em_cessao_gratuita_de_uso_da_diocese_de_miracema.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1322/autografo_de_lei_na035-2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1333/autografo_de_lei_na_036-2025_prorroga_ate_31_de_dezembro_de_2026_a_vigencia_do_plano_nacional_de_educacao.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1371/autografo_de_lei_na_037-2025_dispoe_sobre_alteracao_do_nome_da_rua_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1390/autografo_de_lei_no038-2025_institui_o_programa_mun._de_transporte_solidario_de_saude_no_mun._pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1388/autografo_de_lei_na_039-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai..pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1389/autografo_de_lei_na_040-2025_autoriza_o_mun._de_pedro_afonso_estado_toc._a_permitir_a_servidao.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1414/autografo_de_lei_no041-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_de_saude__no_distrito_de_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1415/autografo_de_lei_na042-2025_dispoe_a_denominacao_de_via_publica_localizada_no_distrito_de_agrovila_bom_tempo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1416/autografo_de_lei_na043-2025_altera_a_denominacao_da_rua_2_localizada_no_distrito_de_anajanopolis-porto_real.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1417/autografo_de_lei_na044-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1418/autografo_de_lei_na045-2025_dispoe_sobre_as_diretrizes_gerais_para_a_elaboracao_da_lei_orcamentaria_de_2026.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1419/autografo_de_lei_na046-2025_ementa__dispoe_sobre_estimativa_do_plano_plurianual_do_mun._de_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1420/autografo_de_lei_na047-2025_estima_a_receita_e_fixa_a_despesa_da_loa__-_lei_do_orcamento_anual_do_mun._de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1421/autografo_de_lei_na048-2025_dispoe_sobre_a_regularizacao_dominial_de_imoveis_ocupados_por_municipes.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1422/autografo_de_lei_na049-2025_institui_o_programa_municipal_cidade_verde.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1458/autografo_de_lei_na050-2025_altera_a_lei_mun._na026-2019_pro_que_tange_a_inclusao_e_reajuste_salarial_da_classe_profissional..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1459/autografo_de_lei_na051-2025_dispoe_sobre_autorizacao_legisl_da_continuidade_da_denominada_secret_extraord_para_resolucoes_de_probl_pluviais.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1460/autografo_de_lei_na052-2025_ementa_altera_a_lei_na36-2025_para_inclui_os_arts._5a_-_a_5a_-_b_5a_-_c_e_5a_-_d.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1461/autografo_de_lei_na053-2025_inclui_dispositivo_no_codigo_tributario_mun.para_prever__o_imposto_sobre_bens_e_servicos__-_ibs.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1462/autografo_de_lei_na054-2025_dispoe_sobre_reajuste_na_estrutura_tarifaria_do_sistema_de_saneamento_e_aguas_pedro_afonso.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/725/projeto_de_lei_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/726/projeto_de_lei_no_002-2025_-_autoriza_o_pagamento_por_desempenho_das_equipes_de_saude_bucal_na_atencao_primaria_a_saude_-_aps_previsto_na_portaria_no_960-2023..pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/727/projeto_de_lei_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/728/projeto_de_lei_no_004-2025_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/729/projeto_de_lei_no_005-2024_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/730/projeto_de_lei_no_006-2024_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/731/projeto_de_lei_no_007-2025__dispoe_sobre_autorizacao_legislaiva_a_continuidade_da_denominada_secretaria_extraordinaria_para_resolucoes_de_problematicas_pluviais..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/788/projeto_de_lei_no_008-2025_dispoe_sobre_a_modificacao_da_estrutura_orgacional_do_pccr_da_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/789/projeto_de_lei_no_009-2025_-_projeto__de_lei_-_dispoe_sobre_a_modificacao_da_estrutura_orgacional_do_pccr_da_secretaria_municipal_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/955/projeto_de_lei_n_011-2025_altera_a_denominacoaao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/950/projeto_de_lei_n_012-2025_altera_a_denominacoaao_de_rua.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/951/projeto_de_lei_n_014-2025_autoriza_o_poder_executivo_a_celebrar_convenio_com_federacoaao.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/956/projeto_de_lei_n_015-2025_dispoe_sobre_denominacoaao_de_obra_puublica.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1036/projeto_de_lei_n_016-2025_institui_o_projeto_cidadania_no_aembito_do_municipio_de_pedro_afonso..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/952/projeto_de_lei_n_017-2025_institui_o_pagamento_do_incentivo_financeiro_por_desempenho_as_equipes_da_atencoaao_primaria_a_saude.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/953/projeto_de_lei_n_018-2025_dispoae_sobre_reajuste_por_data-base_aos_profissionais_do_quadro_geral_permante.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/954/projeto_de_lei_n_019-2025_dispoae_sobre_reajuste_por_data-base_aos_profissionais_do_quadro_permanente_da_saude.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1042/projeto_de_lei_no_020-2025_-_dispoe_sobre_autorizacao_ao_poder_executivo_a_celebracao_de_convenio_com_a_associacao_de_radiodifusao_vale_do_to_-_fm.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1346/projeto_de_lei_na023-2025_prorroga_ate_31_de_zembro_de_2026_a_vigencia_do_plano_nac._educacao.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1352/projeto_de_lei_no_024-2025_-_lei_ldo.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1428/projeto_de_lei_no_25-2025_-_ementa._dispoe_sobre_estimativa_do_plano_plurianal_do_municipio_de_pedro_afonso-to..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1429/projeto_de_lei_no_026-2025_-_estima_a_receita_e_fixa_a_despesa_da_loa_-_lei_do_orcamento_anual_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1401/projeto_de_lei_na027-2025_dispoe_sobre_autorizacao_para_doacao_de_area_publica_ao_senai.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1408/projeto_de_lei_na028-2025_autoriza_o_municipio_de_pedro_afonso_-_estado_tocantins_a_permitir_a_servidao.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1474/projeto_de_lei_no_029-2025_regularizacao_dominal_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1484/projeto_de_lei_na030-2025_altera_a_lei_mun._na026-2019pro_que_tange_a_inclusao_e_reajuste_salarial_da_classe_profissional..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1485/projeto_de_lei_na031-2025_dispoe_sobre_autorizacao_legisl_da_continuidade_da_denominada_secret_extraord_para_resolucoes_de_probl_pluviais.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1486/projeto_de_lei_na032-2025_ementa_altera_a_lei_na36-2025_para_inclui_os_arts._5a_-_a_5a_-_b_5a_-_c_e_5a_-_d.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1487/projeto_de_lei_na33-2025_inclui_dispositivo_no_codigo_tributario_mun.para_prever__o_imposto_sobre_bens_e_servicos__-_ibs.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1488/projeto_de_lei_no_34-2025_-_dispoe_sobre_reajuste_na_estrutura_tarifaria_do_sistema_de_sanemento_e_aguas_de_pedro_afonso-to..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/772/edital_de_convocacao_no_001-2025_-_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/775/errata_-_edital_de_convocacao_-_extraordinaria1_-_21-01-2025.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/773/edital_de_convocacao_no_002-2025_-_22-01-2025.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/774/edita_de_convocacao_sessao_extra_002-2025_-_29-01-2025.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/787/edital_de_convoacao_-_sessao_extraordinaria_003-2025.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/948/edital_de_convocacao_sessao_extraordinaria__na_004-2025.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1033/edital_de_convocacoaao_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1391/edital_de_convocacao_sessao_extraordinaria_na07-2025.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1457/convocacao_extraordinaria_assinado.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1481/edital_de_convocacao_sessao_extraordinaria_na08-2025.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/815/projeto_de_lei_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/818/projeto_lei_n001-2025.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/819/projeto_lei_n01-2025.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/860/projeto_de_lei_no_003-2025_dispoe_sobre_o_programa_servidor_amigo_do_autista.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/861/projeto_de_lei_no_004-2025__institui_o_selo_escola_amiga_do_autista.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/949/projeto_de_lei_n_001-2025_concede_o_titulo_de_utilidade_publica_mun._a_associacoaao_ipb.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1324/projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1380/projeto_de_lei_na004-2025_dispoe_sobre_a_alteracao_do_nome_da_rua_ribeirao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1402/projeto_de_lei_na_002-2025_institui_o_programa_mun._de_transporte_solidario_de_saude.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1424/projeto_de_lei_na003-2025_dispoe_sobre_a_denominacao_da_praca_a_ser_construida_em_torno_do_posto_saude_distrito_agrovila.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1425/projeto_de_lei_na005-2025_altera_a_denominacao_da_rua_2localizada_no_distrito_de_anajanopolis__porto_real.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1426/projeto_de_resolucao_na005-2025_concede_titulo_de_cidada_pedroafonsina_a_sra_kelma_de_souza_franca.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1427/projeto_de_lei_na006-2025_dispoe_sobre_a_denominacao_de_via_publica_localizada_no_distrito_de_anajanopolis_-_porto_real.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1482/projeto_de_lei_na_004-2025_institui_o_programa_mun._cidade_verde.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1471/proposta_de_emenda_modifciativa_-_regimento_interno_compressed.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/827/mocao_de_aplausos_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1331/mocao_de_aplausos_na002-2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/859/mocao_de_aplausos_no003-2025_ao_jovem_atleta_joao_vitor__fortuna_basso.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/998/mocoaao_de_aplausos_n_001-2025_-_concede_mocoaao_de_aplausos_ao_senhor_martinho_lino..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1332/mocao_de_aplausos_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1387/mocao_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1412/mocao_aplausos_na004-2025_concede_mocao_de_aplausos_ao_conselheiro_dr._andre_matos.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1413/mocao_de_aplausos_na005-2025_concede_mocao_de_aplausos_ao_dr._vinicius_pires__cardiologista.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/739/parecer_da_comissao_provisaria_reunida_no_001-2025_-_dispoe_sobre_valor_de_salario_minimo_a_vigorar_a_partir_de_1o_de_janeiro_de_2025..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/740/parecer_da_comissao_provisaria_reunida_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/741/parecer_da_comissao_provisoria_reunida_no_003-2025_-_dispoes_sobre_a_modificacao_da_estrutura_organicacional_do_muncipio_de_pedro_afonso._2.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/742/parecer_da_comissao_provisoria_reunida_no_004-2205_-_altera_as_nomenclaturas_de_unidades_orcamentarias_da_lei_orcamentaria_anul_loa..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/743/parecer_da_comissao_provisoria_reunida_no_005-2025_-_dispoe_sobre_projeto_escola_destaque_anos_iniciais._do_ensino_fundamental.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/744/parecer_da_comissao_provisoria_reunida_no_006-2025_-_dispoe_sobre_projeto_escola_destaque_educacao_infantil..pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/745/parecer_da_comissao_provisaria_reunida_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1328/parecer_comissao_sobre_projeto_de_lei_021-2025_-_dispoe_sobre_a_denominacao_de_da_escola_mun._de_anajanopolis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1329/parecer_comissao_sobre_projeto_de_lei_no_022-2025_autorizo_o_executivo_mun._a_receber_em_cessao_gratuita_de_uso..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1330/parecer_da_comissao_sobre_proje._resolucao_no_001-2025_-_titulo_de_cidadao_pedroafonsino_albino_mazzola.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1327/parecer_comissao_sobre_mocao_de_aplausos_no_003-2025_concede_mocao_de_aplausos_ao_jornalista_fred_alves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1348/parecer_de_comissao__parecer_na042-2025_projeto_de_resolucao_002-2025_concede_titulo_cidadao_pedroafonsino_a_srjorge_pires_de_moraes.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1347/parecer_de_comissao__parecer_na043-2025_projeto_de_resolucao_003-2025_concede_titulo_cidada_pedroafonsina_a_sr_maria_benedita_morais.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1349/parecer_da_comissao_de_constituicao_justica_e_redacao_sobre_projeto_de_resolucao_na003-2025_parecer_na044-2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1360/parecer_de_comissao__parecer_na045-2025_projeto_de_resolucao_na_003-2025_.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1351/parecer_da_comissao__na046-2025_mocao_de_aplausos_001-2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1350/parecer_da_comissao_de_constituicao_justica_e_redacao_sobre_mocao_aplausos_na002-2025_parecer_na047-2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1362/parecer_de_comissao__parecer_na_049-2025_mensagem_de_veto_na003-2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1361/parecer_de_comissao__parecer_na_050-2025_projeto_de_resolucao_na_002-2025_.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1359/parecer_de_comissao__parecer_na051-2025_projeto_de_resolucao_na_003-2025_.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1372/parecer_de_comissao__parecer_na052-2025_mocao_aplausos_na004-2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1373/parecer_de_comissao__parecer_na054-2025_projeto_de_lei_na004-2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1374/parecer_de_comissao__parecer_na055-2025_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1375/parecer_de_comissao__parecer_na056-2025_projeto_resolucao_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1403/parecer_da_comissao_ref_projeto_de_lei_na002-2025_parecer_057-2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1404/parecer_da_comissao_ref_projeto_de_lei_na001-2025_parecer_058-2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1405/parecer_da_comissao_ref_projeto_de_resolucao_na004-2025_parecer_059-2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1406/parecer_da_comissao_ref_projeto_de_lei_na027-2025_parecer_060-2025.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1407/parecer_da_comissao_ref_projeto_de_lei_na028-2025_parecer_061-2025.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1423/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na003-2025__parecer_na064-2025.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1444/parecer_da_comissao_sobre_projeto_de_resolucao_na004-2025_parecer_na068-2025.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1445/parecer_da_comissao_sobre_mocao_aplausos_na005-2025_parecer_na070-2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1446/parecer_da_comissao_sobre_mocao_aplausos_na004-2025_parecer_na069-2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1447/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na005-2025__parecer_na066-2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1448/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na006-2025__parecer_na072-2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1449/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na024-2025__parecer_na073-2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1450/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_projeto_de_lei_na025-2025__parecer_na074-2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1451/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na005-2025__parecer_na076-2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1452/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na006-2025__parecer_na077-2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1453/parecer_da_comissao_de_constituicaojustica_e_redacao_sobre_resolucao_na007-2025__parecer_na078-2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1454/parecer_da_comissao_sobre_projeto_de_lei_na026-2025_parecer_075-2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1455/parecer_da_comissao_sobre_projeto_de_lei_na005-2025_parecer_na071-2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1475/parecer_no_057-2025_projeto_de_lei_no_002-2025_programa_municipal_transporte_solidario_-_ver._marquim.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1476/parecer_comissao_regimento_interno.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1477/parecer_comissao_n_067-2025_titulo_de_cidadao_vilmar_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1478/parecer_comissao_n_079-2025_mensagem_de_veto_no_004-2025_programa_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1479/parecer_comissao_no_80-2025_ref._projeto_de_lei_no_029-2025_regularizacao_dominal_de_imoveis.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1480/parecer_comissao_n_084-2025_-_titulo_de_cidadao_hiromi.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1483/parecer_da_comissao_sobre_projeto_de_lei_na004-2025_parecer_na083-2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1490/parecer_da_comissao_sobre_projeto_de_resolucao_na06-2025_parecer_na090-2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1491/parecer_da_comissao_sobre_projeto_de_lei_na034-2025_parecer_na089-2025.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1492/parecer_da_comissao_sobre_projeto_de_lei_na030-2025_parecer_na085-2025.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1493/parecer_da_comissao_sobre_projeto_de_lei_na031-2025_parecer_na086-2025.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1494/parecer_da_comissao_sobre_projeto_de_lei_na032-2025_parecer_na087-2025.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1495/parecer_da_comissao_sobre_projeto_de_lei_na033-2025_parecer_na088-2025.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1370/oficio_n_004-2025.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/816/projeto_de_lei_n_002-2025_-_altera_o_nome_da_rua_09..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1364/oficio_cm-gb_na246-2025_comunicacao_sobre_manutencao_do_veto_total_na_03-2025_ao_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1363/mensagem_de_veto_no003-2025_ao_projeto_de_lei_na001-2025.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1464/mensagem_de_veto_no_004-2025_programa_transporte_solidario.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://64.23.167.191/sapl/public/materialegislativa/2025/1456/proposta_de_emenda_a_lei_organica_no_1_de_15_de_novembro_de_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H382"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="61.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="46.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="218.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>